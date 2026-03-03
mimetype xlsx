--- v0 (2025-11-13)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4158">
   <si>
     <t>Metadatos</t>
   </si>
   <si>
     <t>Email contacto datos abiertos:</t>
   </si>
   <si>
     <t>info@ciudadaniaydesarrollo.org</t>
   </si>
   <si>
     <t>Autor datos abiertos:</t>
   </si>
   <si>
     <t>Fundación Ciudadanía y Desarrollo</t>
   </si>
   <si>
     <t>Licencia datos abiertos:</t>
   </si>
   <si>
     <t>Creative Commons Attribution Share-Alike 4.0 (CC-BY-SA-4.0)</t>
   </si>
   <si>
     <t>Datos</t>
   </si>
   <si>
@@ -92,71 +92,134 @@
   <si>
     <t>name</t>
   </si>
   <si>
     <t>lastname</t>
   </si>
   <si>
     <t>img</t>
   </si>
   <si>
     <t>funcion_estado_id</t>
   </si>
   <si>
     <t>funcion_estado</t>
   </si>
   <si>
     <t>estado_cargo</t>
   </si>
   <si>
     <t>institucion</t>
   </si>
   <si>
     <t>es_candidato</t>
   </si>
   <si>
+    <t>Vocal Principal del Consejo de la Judicatura</t>
+  </si>
+  <si>
+    <t>Vocal</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1764479375-Fabián-Fabara.jpg</t>
+  </si>
+  <si>
+    <t>Fabián Plinio Efraín</t>
+  </si>
+  <si>
+    <t>Fabara Gallardo</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1764479260-Fabián-Fabara-detail.jpg</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Funcionario</t>
+  </si>
+  <si>
+    <t>Asesora Técnica</t>
+  </si>
+  <si>
+    <t>Asesor (a)</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1764477590-María-Vinueza.jpg</t>
+  </si>
+  <si>
+    <t>María Gabriela</t>
+  </si>
+  <si>
+    <t>Vinueza Villacrés</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1764477486-María-Vinueza-detail.jpg</t>
+  </si>
+  <si>
+    <t>Abogado, asesor y litigante</t>
+  </si>
+  <si>
+    <t>Abogado (a)</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1764282134-Alfredo-Cuadros.jpg</t>
+  </si>
+  <si>
+    <t>https://x.com/_AlfredoCuadros</t>
+  </si>
+  <si>
+    <t>Alfredo Juvenal</t>
+  </si>
+  <si>
+    <t>Cuadros Añazco</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1764281833-Alfredo-Cuadros-detail.jpg</t>
+  </si>
+  <si>
+    <t>Abogado of counsel</t>
+  </si>
+  <si>
     <t>Miembro de la terna de la Asamblea Nacional para la Selección y Designación de los Vocales Principales y Suplentes del Consejo de la Judicatura (CJ) 2025-2031</t>
   </si>
   <si>
     <t>Miembro</t>
   </si>
   <si>
     <t>/img/perfiles/1748970452-Ángel-Romero.jpeg</t>
   </si>
   <si>
     <t>Ángel René</t>
   </si>
   <si>
     <t>Romero Estévez</t>
   </si>
   <si>
     <t>/img/perfiles/1748970414-Ángel-Romero-detail.jpeg</t>
   </si>
   <si>
-    <t>Funcionario</t>
-[...1 lines deleted...]
-  <si>
     <t>/img/perfiles/1748968238-Yolanda-Salgado.jpeg</t>
   </si>
   <si>
     <t>Yolanda Narciza de Jesús</t>
   </si>
   <si>
     <t>Salgado Guerrón</t>
   </si>
   <si>
     <t>/img/perfiles/1748968210-Yolanda-Salgado-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1748638422-Iván-Montero.jpeg</t>
   </si>
   <si>
     <t>Iván Patricio</t>
   </si>
   <si>
     <t>Montero López</t>
   </si>
   <si>
     <t>/img/perfiles/1748638152-Iván-Montero-detail.jpeg</t>
   </si>
   <si>
     <t>Miembro de la terna de la Corte Nacional para la selección y designación de los vocales principal y suplente del Consejo de la Judicatura (CJ) 2025-2031</t>
@@ -275,53 +338,50 @@
   <si>
     <t>Valarezo Guerrero</t>
   </si>
   <si>
     <t>/img/perfiles/1737043929-Santiago-Valarezo-detail.jpeg</t>
   </si>
   <si>
     <t>Agente Fiscal en la Fiscalía Provincial de Esmeraldas</t>
   </si>
   <si>
     <t>Agente Fiscal de Esmeraldas</t>
   </si>
   <si>
     <t>/img/perfiles/1734923030-Luis-Castillo.jpeg</t>
   </si>
   <si>
     <t>Luis Patricio</t>
   </si>
   <si>
     <t>Castillo Haro</t>
   </si>
   <si>
     <t>/img/perfiles/1734923003-Luis-Castillo-detail.jpeg</t>
   </si>
   <si>
-    <t>Judicial</t>
-[...1 lines deleted...]
-  <si>
     <t>/img/perfiles/1734922968-Sixto-Cabrera.jpeg</t>
   </si>
   <si>
     <t>Sixto Javier</t>
   </si>
   <si>
     <t>Cabrera Nazareno</t>
   </si>
   <si>
     <t>/img/perfiles/1734922938-Sixto-Cabrera-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1734922898-Ángel-Badillo.jpeg</t>
   </si>
   <si>
     <t>Ángel Eduardo</t>
   </si>
   <si>
     <t>Badillo Barreno</t>
   </si>
   <si>
     <t>/img/perfiles/1734922851-Ángel-Badillo-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1734922018-Irma-Vivero.jpeg</t>
@@ -1343,53 +1403,50 @@
   <si>
     <t>José Rubén</t>
   </si>
   <si>
     <t>Guevara Fuentes</t>
   </si>
   <si>
     <t>/img/perfiles/1732306390-José-Guevara-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1732306040-Fabián-González.jpeg</t>
   </si>
   <si>
     <t>Fabián Vicente</t>
   </si>
   <si>
     <t>González Córdova</t>
   </si>
   <si>
     <t>/img/perfiles/1732305910-Fabián-González-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1732305476-María-Gende.jpeg</t>
   </si>
   <si>
-    <t>María Gabriela</t>
-[...1 lines deleted...]
-  <si>
     <t>Gende Portilla</t>
   </si>
   <si>
     <t>/img/perfiles/1732305358-María-Gende-detail.jpeg</t>
   </si>
   <si>
     <t>Agente Fiscal en la Fiscalía Provincial de Santa Elena</t>
   </si>
   <si>
     <t>Agente Fiscal de Santa Elena</t>
   </si>
   <si>
     <t>/img/perfiles/1732221867-John-Tipantasi.jpeg</t>
   </si>
   <si>
     <t>John Edwin</t>
   </si>
   <si>
     <t>Tipantasi Taipe</t>
   </si>
   <si>
     <t>/img/perfiles/1732221843-John-Tipantasi-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1732221386-Jenny-Paliz.png</t>
@@ -4952,53 +5009,50 @@
   <si>
     <t>/img/perfiles/1721919651-Juan-Núñez.jpeg</t>
   </si>
   <si>
     <t>Núñez Herrería</t>
   </si>
   <si>
     <t>/img/perfiles/1721916204-Juan-Núñez-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1721919490-Francisco-Novoa.jpeg</t>
   </si>
   <si>
     <t>Francisco Wilfrido</t>
   </si>
   <si>
     <t>Novoa Castro</t>
   </si>
   <si>
     <t>/img/perfiles/1721916055-Francisco-Novoa-detail.jpeg</t>
   </si>
   <si>
     <t>Abogada en libre ejercicio</t>
   </si>
   <si>
-    <t>Abogado (a)</t>
-[...1 lines deleted...]
-  <si>
     <t>/img/perfiles/1721838075-Mayté-Benítez.jpeg</t>
   </si>
   <si>
     <t>https://www.facebook.com/mayte.benitez.963</t>
   </si>
   <si>
     <t>Mayté Lucía</t>
   </si>
   <si>
     <t>Benítez Chiriboga</t>
   </si>
   <si>
     <t>/img/perfiles/1721832937-Mayté-Benítez-detail.jpeg</t>
   </si>
   <si>
     <t>Abogada en libre ejercicio en Guevara &amp; Ortega Asociados</t>
   </si>
   <si>
     <t>/img/perfiles/1721851655-Rosa-Guevara.jpeg</t>
   </si>
   <si>
     <t>Rosa Alba</t>
   </si>
   <si>
     <t>Guevara Barcenes</t>
@@ -6948,53 +7002,50 @@
     <t>/img/perfiles/1715792054-Juan-Cabrera-detail.jpg</t>
   </si>
   <si>
     <t>Jueza de Unidad Judicial de la Familia, Mujer, Niñez y Adolescencia de Esmeraldas</t>
   </si>
   <si>
     <t>Juez (a) de Unidad Judicial de la Familia, Mujer, Niñez y Adolescencia de Esmeraldas</t>
   </si>
   <si>
     <t>/img/perfiles/1715718483-Mercedes-Araujo.jpeg</t>
   </si>
   <si>
     <t>@ramses1723</t>
   </si>
   <si>
     <t>Mercedes Alejandra</t>
   </si>
   <si>
     <t>Araujo Quiñónez</t>
   </si>
   <si>
     <t>/img/perfiles/1715717925-Mercedes-Araujo-detail.jpeg</t>
   </si>
   <si>
     <t>Vocal Suplente del Consejo de la Judicatura</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vocal</t>
   </si>
   <si>
     <t>/img/perfiles/1709734946-Merck-Benavides.png</t>
   </si>
   <si>
     <t>Merck Milko</t>
   </si>
   <si>
     <t>Benavides Benalcázar</t>
   </si>
   <si>
     <t>/img/perfiles/1709734798-Merck-Benavides-detail.png</t>
   </si>
   <si>
     <t>Presidente Temporal del Consejo de la Judicatura</t>
   </si>
   <si>
     <t>Presidente (a) Temporal del Consejo de la Judicatura</t>
   </si>
   <si>
     <t>/img/perfiles/1708545599-Álvaro-Román.png</t>
   </si>
   <si>
     <t>@alvarofroman</t>
   </si>
@@ -12792,51 +12843,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R932"/>
+  <dimension ref="A1:R936"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
@@ -12892,32543 +12943,32671 @@
       </c>
       <c r="L7" t="s">
         <v>19</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
         <v>21</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>23</v>
       </c>
       <c r="Q7" t="s">
         <v>24</v>
       </c>
       <c r="R7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>29</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
         <v>31</v>
       </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8" t="s">
+        <v>32</v>
+      </c>
       <c r="P8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R8">
         <v>999</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="E9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="M9" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="P9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R9">
         <v>999</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>42</v>
+      </c>
+      <c r="H10" t="s">
+        <v>43</v>
       </c>
       <c r="K10" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="L10" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="M10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="P10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R10">
         <v>999</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>42</v>
       </c>
+      <c r="H11" t="s">
+        <v>43</v>
+      </c>
       <c r="K11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R11">
         <v>999</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="B12" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="K12" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="L12" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="M12" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="P12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R12">
         <v>999</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="H13" t="s">
         <v>54</v>
       </c>
       <c r="K13" t="s">
         <v>55</v>
       </c>
       <c r="L13" t="s">
         <v>56</v>
       </c>
       <c r="M13" t="s">
         <v>57</v>
       </c>
       <c r="P13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R13">
         <v>999</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="B14" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
         <v>58</v>
       </c>
       <c r="K14" t="s">
         <v>59</v>
       </c>
       <c r="L14" t="s">
         <v>60</v>
       </c>
       <c r="M14" t="s">
         <v>61</v>
       </c>
       <c r="P14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R14">
         <v>999</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C15" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R15">
         <v>999</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="B16" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C16" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>67</v>
       </c>
+      <c r="G16" t="s">
+        <v>68</v>
+      </c>
       <c r="K16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R16">
         <v>999</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
-        <v>71</v>
+        <v>73</v>
+      </c>
+      <c r="G17" t="s">
+        <v>74</v>
       </c>
       <c r="H17" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="K17" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="L17" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M17" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="P17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R17">
         <v>999</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="B18" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="K18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="L18" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="P18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R18">
         <v>999</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C19" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
         <v>83</v>
       </c>
       <c r="K19" t="s">
         <v>84</v>
       </c>
       <c r="L19" t="s">
         <v>85</v>
       </c>
       <c r="M19" t="s">
         <v>86</v>
       </c>
-      <c r="N19">
-[...4 lines deleted...]
-      </c>
       <c r="P19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R19">
         <v>999</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="B20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>88</v>
       </c>
       <c r="K20" t="s">
         <v>89</v>
       </c>
       <c r="L20" t="s">
         <v>90</v>
       </c>
       <c r="M20" t="s">
         <v>91</v>
       </c>
-      <c r="N20">
-[...4 lines deleted...]
-      </c>
       <c r="P20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R20">
         <v>999</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="B21" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C21" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
         <v>92</v>
       </c>
+      <c r="H21" t="s">
+        <v>93</v>
+      </c>
       <c r="K21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L21" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M21" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="P21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R21">
         <v>999</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="B22" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="E22" t="s">
-        <v>96</v>
+        <v>97</v>
+      </c>
+      <c r="H22" t="s">
+        <v>98</v>
       </c>
       <c r="K22" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="L22" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M22" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="P22" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R22">
         <v>999</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="B23" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C23" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E23" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="K23" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="L23" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="M23" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R23">
         <v>999</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="B24" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C24" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E24" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="K24" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="L24" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="M24" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P24" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R24">
         <v>999</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="B25" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C25" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E25" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="K25" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="L25" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="M25" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R25">
         <v>999</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="B26" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C26" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E26" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="K26" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="L26" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="M26" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P26" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R26">
         <v>999</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="B27" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C27" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E27" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="K27" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="L27" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="M27" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P27" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R27">
         <v>999</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C28" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E28" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="K28" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="L28" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="M28" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P28" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R28">
         <v>999</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E29" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="K29" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="L29" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="M29" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P29" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R29">
         <v>999</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C30" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E30" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="K30" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="L30" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="M30" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P30" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R30">
         <v>999</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="B31" t="s">
-        <v>132</v>
+        <v>102</v>
       </c>
       <c r="C31" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E31" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="K31" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="L31" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="M31" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P31" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R31">
         <v>999</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C32" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E32" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="K32" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="L32" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="M32" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P32" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R32">
         <v>999</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="B33" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C33" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E33" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="K33" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="L33" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="M33" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R33">
         <v>999</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E34" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="K34" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="L34" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="M34" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P34" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R34">
         <v>999</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B35" t="s">
-        <v>81</v>
+        <v>152</v>
       </c>
       <c r="C35" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E35" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="K35" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="L35" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="M35" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P35" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R35">
         <v>999</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B36" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E36" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="K36" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="L36" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="M36" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P36" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R36">
         <v>999</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="B37" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E37" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="K37" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="L37" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="M37" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P37" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R37">
         <v>999</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="B38" t="s">
-        <v>161</v>
+        <v>102</v>
       </c>
       <c r="C38" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E38" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="K38" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="L38" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="M38" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R38">
         <v>999</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E39" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="K39" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="L39" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="M39" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P39" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R39">
         <v>999</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B40" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C40" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E40" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="K40" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="L40" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="M40" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P40" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R40">
         <v>999</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="B41" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E41" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="K41" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="L41" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="M41" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P41" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R41">
         <v>999</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="B42" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C42" t="s">
-        <v>179</v>
+        <v>103</v>
       </c>
       <c r="E42" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="K42" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="L42" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="M42" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P42" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R42">
         <v>999</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="B43" t="s">
-        <v>178</v>
+        <v>102</v>
       </c>
       <c r="C43" t="s">
-        <v>179</v>
+        <v>103</v>
       </c>
       <c r="E43" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="K43" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="L43" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M43" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P43" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R43">
         <v>999</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="B44" t="s">
-        <v>178</v>
+        <v>102</v>
       </c>
       <c r="C44" t="s">
-        <v>179</v>
+        <v>103</v>
       </c>
       <c r="E44" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="K44" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="L44" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M44" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P44" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R44">
         <v>999</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="B45" t="s">
-        <v>178</v>
+        <v>102</v>
       </c>
       <c r="C45" t="s">
-        <v>179</v>
+        <v>103</v>
       </c>
       <c r="E45" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="K45" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L45" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M45" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="N45">
         <v>3</v>
       </c>
       <c r="O45" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P45" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R45">
         <v>999</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B46" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C46" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E46" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="K46" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="L46" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="M46" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P46" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R46">
         <v>999</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="B47" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C47" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E47" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="K47" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="L47" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="M47" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="N47">
         <v>3</v>
       </c>
       <c r="O47" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P47" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R47">
         <v>999</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B48" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C48" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E48" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="K48" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="L48" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="M48" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P48" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R48">
         <v>999</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="B49" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C49" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E49" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="K49" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="L49" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="M49" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="N49">
         <v>3</v>
       </c>
       <c r="O49" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R49">
         <v>999</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="B50" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C50" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E50" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="K50" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="L50" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="M50" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="N50">
         <v>3</v>
       </c>
       <c r="O50" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P50" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R50">
         <v>999</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B51" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C51" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E51" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="K51" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="L51" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="M51" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P51" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R51">
         <v>999</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="B52" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C52" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E52" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="K52" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L52" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="M52" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="N52">
         <v>3</v>
       </c>
       <c r="O52" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P52" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R52">
         <v>999</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="B53" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C53" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E53" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="K53" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="L53" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="M53" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P53" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R53">
         <v>999</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B54" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C54" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E54" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="K54" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="L54" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="M54" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R54">
         <v>999</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="B55" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C55" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E55" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="K55" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="L55" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="M55" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="N55">
         <v>3</v>
       </c>
       <c r="O55" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P55" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R55">
         <v>999</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="B56" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C56" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E56" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="K56" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="L56" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="M56" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="N56">
         <v>3</v>
       </c>
       <c r="O56" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P56" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R56">
         <v>999</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="B57" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C57" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E57" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="K57" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="L57" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="M57" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="N57">
         <v>3</v>
       </c>
       <c r="O57" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P57" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R57">
         <v>999</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B58" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C58" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E58" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="K58" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="L58" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="M58" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="N58">
         <v>3</v>
       </c>
       <c r="O58" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P58" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R58">
         <v>999</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="B59" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C59" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="E59" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="K59" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="L59" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="M59" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="N59">
         <v>3</v>
       </c>
       <c r="O59" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P59" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R59">
         <v>999</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="B60" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C60" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="E60" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="K60" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="L60" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="M60" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="N60">
         <v>3</v>
       </c>
       <c r="O60" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P60" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R60">
         <v>999</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="B61" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C61" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="E61" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="K61" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="L61" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="M61" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="N61">
         <v>3</v>
       </c>
       <c r="O61" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P61" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R61">
         <v>999</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="B62" t="s">
-        <v>262</v>
+        <v>198</v>
       </c>
       <c r="C62" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="E62" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K62" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="L62" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M62" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N62">
         <v>3</v>
       </c>
       <c r="O62" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P62" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R62">
         <v>999</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="B63" t="s">
-        <v>248</v>
+        <v>268</v>
       </c>
       <c r="C63" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E63" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K63" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="L63" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M63" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="N63">
         <v>3</v>
       </c>
       <c r="O63" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P63" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R63">
         <v>999</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="B64" t="s">
-        <v>248</v>
+        <v>268</v>
       </c>
       <c r="C64" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="E64" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="K64" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L64" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M64" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="N64">
         <v>3</v>
       </c>
       <c r="O64" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P64" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R64">
         <v>999</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B65" t="s">
-        <v>248</v>
+        <v>268</v>
       </c>
       <c r="C65" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="E65" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="K65" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="L65" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="M65" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="N65">
         <v>3</v>
       </c>
       <c r="O65" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P65" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R65">
         <v>999</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B66" t="s">
-        <v>178</v>
+        <v>282</v>
       </c>
       <c r="C66" t="s">
-        <v>179</v>
+        <v>269</v>
       </c>
       <c r="E66" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="K66" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="L66" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="M66" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="N66">
         <v>3</v>
       </c>
       <c r="O66" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P66" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R66">
         <v>999</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="B67" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="C67" t="s">
-        <v>179</v>
+        <v>287</v>
       </c>
       <c r="E67" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="K67" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="L67" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="M67" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="N67">
         <v>3</v>
       </c>
       <c r="O67" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P67" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R67">
         <v>999</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="B68" t="s">
-        <v>178</v>
+        <v>268</v>
       </c>
       <c r="C68" t="s">
-        <v>179</v>
+        <v>269</v>
       </c>
       <c r="E68" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="K68" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="L68" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="M68" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="N68">
         <v>3</v>
       </c>
       <c r="O68" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P68" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R68">
         <v>999</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="B69" t="s">
-        <v>178</v>
+        <v>268</v>
       </c>
       <c r="C69" t="s">
-        <v>179</v>
+        <v>269</v>
       </c>
       <c r="E69" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="K69" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L69" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="M69" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="N69">
         <v>3</v>
       </c>
       <c r="O69" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P69" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R69">
         <v>999</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="B70" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C70" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E70" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="K70" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="L70" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="M70" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="N70">
         <v>3</v>
       </c>
       <c r="O70" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P70" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R70">
         <v>999</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="B71" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="C71" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E71" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="K71" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="L71" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="M71" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="N71">
         <v>3</v>
       </c>
       <c r="O71" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P71" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R71">
         <v>999</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="B72" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C72" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E72" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="K72" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="L72" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="M72" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="N72">
         <v>3</v>
       </c>
       <c r="O72" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P72" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R72">
         <v>999</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B73" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C73" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E73" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="K73" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="L73" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="M73" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="N73">
         <v>3</v>
       </c>
       <c r="O73" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P73" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R73">
         <v>999</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="B74" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C74" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E74" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="K74" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="L74" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M74" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N74">
         <v>3</v>
       </c>
       <c r="O74" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P74" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R74">
         <v>999</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="B75" t="s">
-        <v>178</v>
+        <v>304</v>
       </c>
       <c r="C75" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E75" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="K75" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="L75" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="M75" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="N75">
         <v>3</v>
       </c>
       <c r="O75" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P75" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R75">
         <v>999</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="B76" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C76" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E76" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="K76" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="L76" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="M76" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="N76">
         <v>3</v>
       </c>
       <c r="O76" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P76" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R76">
         <v>999</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="B77" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C77" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E77" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="K77" t="s">
-        <v>241</v>
+        <v>329</v>
       </c>
       <c r="L77" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="M77" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="N77">
         <v>3</v>
       </c>
       <c r="O77" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P77" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R77">
         <v>999</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="B78" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C78" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E78" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="K78" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="L78" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="M78" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="N78">
         <v>3</v>
       </c>
       <c r="O78" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P78" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R78">
         <v>999</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="B79" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C79" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="E79" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="K79" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="L79" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="M79" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="N79">
         <v>3</v>
       </c>
       <c r="O79" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P79" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R79">
         <v>999</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="B80" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C80" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="E80" t="s">
-        <v>337</v>
+        <v>340</v>
+      </c>
+      <c r="G80" t="s">
+        <v>341</v>
       </c>
       <c r="K80" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="L80" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="M80" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="N80">
         <v>3</v>
       </c>
       <c r="O80" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P80" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R80">
         <v>999</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="B81" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C81" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="E81" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="K81" t="s">
-        <v>342</v>
+        <v>261</v>
       </c>
       <c r="L81" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="M81" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="N81">
         <v>3</v>
       </c>
       <c r="O81" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P81" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R81">
         <v>999</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B82" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C82" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="E82" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="K82" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="L82" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="M82" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="N82">
         <v>3</v>
       </c>
       <c r="O82" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P82" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R82">
         <v>999</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B83" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="C83" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="E83" t="s">
-        <v>349</v>
+        <v>352</v>
+      </c>
+      <c r="G83" t="s">
+        <v>353</v>
       </c>
       <c r="K83" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="L83" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="M83" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="N83">
         <v>3</v>
       </c>
       <c r="O83" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P83" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R83">
         <v>999</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="B84" t="s">
-        <v>248</v>
+        <v>268</v>
       </c>
       <c r="C84" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="E84" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="K84" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="L84" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="M84" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="N84">
         <v>3</v>
       </c>
       <c r="O84" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P84" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R84">
         <v>999</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="B85" t="s">
-        <v>248</v>
+        <v>268</v>
       </c>
       <c r="C85" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="E85" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="K85" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="L85" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="M85" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="N85">
         <v>3</v>
       </c>
       <c r="O85" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P85" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R85">
         <v>999</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="B86" t="s">
-        <v>361</v>
+        <v>268</v>
       </c>
       <c r="C86" t="s">
-        <v>362</v>
+        <v>269</v>
       </c>
       <c r="E86" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="K86" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="L86" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="M86" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N86">
         <v>3</v>
       </c>
       <c r="O86" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P86" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R86">
         <v>999</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B87" t="s">
-        <v>361</v>
+        <v>268</v>
       </c>
       <c r="C87" t="s">
-        <v>362</v>
+        <v>269</v>
       </c>
       <c r="E87" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="K87" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="L87" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="M87" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="N87">
         <v>3</v>
       </c>
       <c r="O87" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P87" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R87">
         <v>999</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="B88" t="s">
-        <v>361</v>
+        <v>268</v>
       </c>
       <c r="C88" t="s">
-        <v>362</v>
+        <v>269</v>
       </c>
       <c r="E88" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="K88" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="L88" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="M88" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="N88">
         <v>3</v>
       </c>
       <c r="O88" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P88" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R88">
         <v>999</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="B89" t="s">
-        <v>361</v>
+        <v>268</v>
       </c>
       <c r="C89" t="s">
-        <v>362</v>
+        <v>269</v>
       </c>
       <c r="E89" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K89" t="s">
-        <v>241</v>
+        <v>378</v>
       </c>
       <c r="L89" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="M89" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="N89">
         <v>3</v>
       </c>
       <c r="O89" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P89" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R89">
         <v>999</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="B90" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C90" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E90" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="K90" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="L90" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="M90" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="N90">
         <v>3</v>
       </c>
       <c r="O90" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P90" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R90">
         <v>999</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B91" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C91" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E91" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="K91" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="L91" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="M91" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="N91">
         <v>3</v>
       </c>
       <c r="O91" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P91" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R91">
         <v>999</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="B92" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C92" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E92" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="K92" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="L92" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="M92" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="N92">
         <v>3</v>
       </c>
       <c r="O92" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P92" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R92">
         <v>999</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="B93" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C93" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E93" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="K93" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="L93" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="M93" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="N93">
         <v>3</v>
       </c>
       <c r="O93" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P93" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R93">
         <v>999</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="B94" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C94" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E94" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="K94" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="L94" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="M94" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="N94">
         <v>3</v>
       </c>
       <c r="O94" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P94" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R94">
         <v>999</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="B95" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C95" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E95" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="K95" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="L95" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="M95" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="N95">
         <v>3</v>
       </c>
       <c r="O95" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P95" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R95">
         <v>999</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="B96" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C96" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E96" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="K96" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="L96" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="M96" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="N96">
         <v>3</v>
       </c>
       <c r="O96" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P96" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R96">
         <v>999</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="B97" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C97" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E97" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="K97" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="L97" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="M97" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="N97">
         <v>3</v>
       </c>
       <c r="O97" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P97" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R97">
         <v>999</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="B98" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C98" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E98" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="K98" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="L98" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="M98" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="N98">
         <v>3</v>
       </c>
       <c r="O98" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P98" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R98">
         <v>999</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B99" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C99" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E99" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="K99" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="L99" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="M99" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="N99">
         <v>3</v>
       </c>
       <c r="O99" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P99" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R99">
         <v>999</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="B100" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C100" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E100" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="K100" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="L100" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="M100" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="N100">
         <v>3</v>
       </c>
       <c r="O100" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P100" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R100">
         <v>999</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="B101" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C101" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E101" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="K101" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="L101" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="M101" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="N101">
         <v>3</v>
       </c>
       <c r="O101" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P101" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R101">
         <v>999</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="B102" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C102" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E102" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="K102" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="L102" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="M102" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="N102">
         <v>3</v>
       </c>
       <c r="O102" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P102" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R102">
         <v>999</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="B103" t="s">
-        <v>429</v>
+        <v>381</v>
       </c>
       <c r="C103" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E103" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="K103" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="L103" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="M103" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="N103">
         <v>3</v>
       </c>
       <c r="O103" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P103" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R103">
         <v>999</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="B104" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C104" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E104" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="K104" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="L104" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="M104" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="N104">
         <v>3</v>
       </c>
       <c r="O104" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P104" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R104">
         <v>999</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="B105" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C105" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E105" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="K105" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="L105" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="M105" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="N105">
         <v>3</v>
       </c>
       <c r="O105" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P105" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R105">
         <v>999</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="B106" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C106" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E106" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="K106" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="L106" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="M106" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="N106">
         <v>3</v>
       </c>
       <c r="O106" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P106" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R106">
         <v>999</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="B107" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C107" t="s">
-        <v>447</v>
+        <v>382</v>
       </c>
       <c r="E107" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K107" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L107" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M107" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="N107">
         <v>3</v>
       </c>
       <c r="O107" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P107" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R107">
         <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="B108" t="s">
-        <v>446</v>
+        <v>381</v>
       </c>
       <c r="C108" t="s">
-        <v>447</v>
+        <v>382</v>
       </c>
       <c r="E108" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K108" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="L108" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="M108" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="N108">
         <v>3</v>
       </c>
       <c r="O108" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P108" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R108">
         <v>999</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="B109" t="s">
-        <v>456</v>
+        <v>381</v>
       </c>
       <c r="C109" t="s">
-        <v>447</v>
+        <v>382</v>
       </c>
       <c r="E109" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="K109" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="L109" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M109" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="N109">
         <v>3</v>
       </c>
       <c r="O109" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P109" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R109">
         <v>999</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="B110" t="s">
-        <v>446</v>
+        <v>381</v>
       </c>
       <c r="C110" t="s">
-        <v>447</v>
+        <v>382</v>
       </c>
       <c r="E110" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="K110" t="s">
-        <v>462</v>
+        <v>37</v>
       </c>
       <c r="L110" t="s">
         <v>463</v>
       </c>
       <c r="M110" t="s">
         <v>464</v>
       </c>
       <c r="N110">
         <v>3</v>
       </c>
       <c r="O110" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P110" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R110">
         <v>999</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="B111" t="s">
-        <v>446</v>
+        <v>465</v>
       </c>
       <c r="C111" t="s">
-        <v>447</v>
+        <v>466</v>
       </c>
       <c r="E111" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="K111" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="L111" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="M111" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="N111">
         <v>3</v>
       </c>
       <c r="O111" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P111" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R111">
         <v>999</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="B112" t="s">
-        <v>446</v>
+        <v>465</v>
       </c>
       <c r="C112" t="s">
-        <v>447</v>
+        <v>466</v>
       </c>
       <c r="E112" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="K112" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="L112" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="M112" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="N112">
         <v>3</v>
       </c>
       <c r="O112" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P112" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R112">
         <v>999</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="B113" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C113" t="s">
-        <v>447</v>
+        <v>466</v>
       </c>
       <c r="E113" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="K113" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="L113" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="M113" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="N113">
         <v>3</v>
       </c>
       <c r="O113" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P113" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R113">
         <v>999</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="B114" t="s">
-        <v>361</v>
+        <v>465</v>
       </c>
       <c r="C114" t="s">
-        <v>362</v>
+        <v>466</v>
       </c>
       <c r="E114" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="K114" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="L114" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="M114" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="N114">
         <v>3</v>
       </c>
       <c r="O114" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P114" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R114">
         <v>999</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="B115" t="s">
-        <v>361</v>
+        <v>465</v>
       </c>
       <c r="C115" t="s">
-        <v>362</v>
+        <v>466</v>
       </c>
       <c r="E115" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="K115" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="L115" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="M115" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="N115">
         <v>3</v>
       </c>
       <c r="O115" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P115" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R115">
         <v>999</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="B116" t="s">
-        <v>361</v>
+        <v>465</v>
       </c>
       <c r="C116" t="s">
-        <v>362</v>
+        <v>466</v>
       </c>
       <c r="E116" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="K116" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="L116" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="M116" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="N116">
         <v>3</v>
       </c>
       <c r="O116" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P116" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R116">
         <v>999</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="B117" t="s">
-        <v>361</v>
+        <v>492</v>
       </c>
       <c r="C117" t="s">
-        <v>362</v>
+        <v>466</v>
       </c>
       <c r="E117" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="K117" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="L117" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="M117" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="N117">
         <v>3</v>
       </c>
       <c r="O117" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P117" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R117">
         <v>999</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="B118" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C118" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E118" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="K118" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="L118" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="M118" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="N118">
         <v>3</v>
       </c>
       <c r="O118" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P118" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R118">
         <v>999</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="B119" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C119" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E119" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="K119" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="L119" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="M119" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="N119">
         <v>3</v>
       </c>
       <c r="O119" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P119" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R119">
         <v>999</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="B120" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C120" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E120" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="K120" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="L120" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="M120" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="N120">
         <v>3</v>
       </c>
       <c r="O120" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P120" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R120">
         <v>999</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="B121" t="s">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="C121" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="E121" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="K121" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="L121" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="M121" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="N121">
         <v>3</v>
       </c>
       <c r="O121" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P121" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R121">
         <v>999</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="B122" t="s">
-        <v>510</v>
+        <v>381</v>
       </c>
       <c r="C122" t="s">
-        <v>511</v>
+        <v>382</v>
       </c>
       <c r="E122" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="K122" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="L122" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="M122" t="s">
-        <v>515</v>
+        <v>516</v>
+      </c>
+      <c r="N122">
+        <v>3</v>
+      </c>
+      <c r="O122" t="s">
+        <v>32</v>
       </c>
       <c r="P122" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R122">
         <v>999</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="B123" t="s">
-        <v>516</v>
+        <v>381</v>
       </c>
       <c r="C123" t="s">
+        <v>382</v>
+      </c>
+      <c r="E123" t="s">
         <v>517</v>
       </c>
-      <c r="E123" t="s">
+      <c r="K123" t="s">
         <v>518</v>
       </c>
-      <c r="H123" t="s">
+      <c r="L123" t="s">
         <v>519</v>
       </c>
-      <c r="K123" t="s">
+      <c r="M123" t="s">
         <v>520</v>
       </c>
-      <c r="L123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N123">
         <v>3</v>
       </c>
       <c r="O123" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P123" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R123">
         <v>999</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B124" t="s">
+        <v>381</v>
+      </c>
+      <c r="C124" t="s">
+        <v>382</v>
+      </c>
+      <c r="E124" t="s">
+        <v>521</v>
+      </c>
+      <c r="K124" t="s">
+        <v>522</v>
+      </c>
+      <c r="L124" t="s">
         <v>523</v>
       </c>
-      <c r="C124" t="s">
+      <c r="M124" t="s">
         <v>524</v>
       </c>
-      <c r="E124" t="s">
-[...12 lines deleted...]
-        <v>529</v>
+      <c r="N124">
+        <v>3</v>
+      </c>
+      <c r="O124" t="s">
+        <v>32</v>
       </c>
       <c r="P124" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R124">
         <v>999</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B125" t="s">
-        <v>530</v>
+        <v>381</v>
       </c>
       <c r="C125" t="s">
-        <v>511</v>
+        <v>382</v>
       </c>
       <c r="E125" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="K125" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="L125" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="M125" t="s">
-        <v>535</v>
+        <v>528</v>
+      </c>
+      <c r="N125">
+        <v>3</v>
+      </c>
+      <c r="O125" t="s">
+        <v>32</v>
       </c>
       <c r="P125" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R125">
         <v>999</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="B126" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="C126" t="s">
-        <v>27</v>
+        <v>530</v>
       </c>
       <c r="E126" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="K126" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="L126" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="M126" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="P126" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R126">
         <v>999</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="B127" t="s">
+        <v>535</v>
+      </c>
+      <c r="C127" t="s">
+        <v>536</v>
+      </c>
+      <c r="E127" t="s">
+        <v>537</v>
+      </c>
+      <c r="H127" t="s">
+        <v>538</v>
+      </c>
+      <c r="K127" t="s">
+        <v>539</v>
+      </c>
+      <c r="L127" t="s">
+        <v>540</v>
+      </c>
+      <c r="M127" t="s">
         <v>541</v>
       </c>
-      <c r="C127" t="s">
-[...15 lines deleted...]
-        <v>546</v>
+      <c r="N127">
+        <v>3</v>
+      </c>
+      <c r="O127" t="s">
+        <v>32</v>
       </c>
       <c r="P127" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R127">
         <v>999</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B128" t="s">
+        <v>542</v>
+      </c>
+      <c r="C128" t="s">
+        <v>543</v>
+      </c>
+      <c r="E128" t="s">
+        <v>544</v>
+      </c>
+      <c r="H128" t="s">
+        <v>545</v>
+      </c>
+      <c r="K128" t="s">
+        <v>546</v>
+      </c>
+      <c r="L128" t="s">
         <v>547</v>
       </c>
-      <c r="C128" t="s">
+      <c r="M128" t="s">
         <v>548</v>
       </c>
-      <c r="E128" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P128" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R128">
         <v>999</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="B129" t="s">
         <v>549</v>
       </c>
       <c r="C129" t="s">
+        <v>530</v>
+      </c>
+      <c r="E129" t="s">
         <v>550</v>
       </c>
-      <c r="E129" t="s">
+      <c r="H129" t="s">
         <v>551</v>
       </c>
       <c r="K129" t="s">
         <v>552</v>
       </c>
       <c r="L129" t="s">
         <v>553</v>
       </c>
       <c r="M129" t="s">
         <v>554</v>
       </c>
-      <c r="N129">
-[...4 lines deleted...]
-      </c>
       <c r="P129" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R129">
         <v>999</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="B130" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="C130" t="s">
-        <v>550</v>
+        <v>49</v>
       </c>
       <c r="E130" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="K130" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="L130" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="M130" t="s">
-        <v>558</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>559</v>
       </c>
       <c r="P130" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R130">
         <v>999</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="B131" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="C131" t="s">
-        <v>550</v>
+        <v>530</v>
       </c>
       <c r="E131" t="s">
-        <v>559</v>
+        <v>561</v>
+      </c>
+      <c r="H131" t="s">
+        <v>562</v>
       </c>
       <c r="K131" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="L131" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="M131" t="s">
-        <v>562</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>565</v>
       </c>
       <c r="P131" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R131">
         <v>999</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="B132" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="C132" t="s">
-        <v>550</v>
+        <v>567</v>
       </c>
       <c r="E132" t="s">
+        <v>561</v>
+      </c>
+      <c r="H132" t="s">
+        <v>562</v>
+      </c>
+      <c r="K132" t="s">
         <v>563</v>
       </c>
-      <c r="K132" t="s">
+      <c r="L132" t="s">
         <v>564</v>
       </c>
-      <c r="L132" t="s">
+      <c r="M132" t="s">
         <v>565</v>
       </c>
-      <c r="M132" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P132" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R132">
         <v>999</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="B133" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="C133" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="E133" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="K133" t="s">
-        <v>443</v>
+        <v>571</v>
       </c>
       <c r="L133" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="M133" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="N133">
         <v>3</v>
       </c>
       <c r="O133" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P133" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R133">
         <v>999</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="B134" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="C134" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="E134" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="K134" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="L134" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="M134" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="N134">
         <v>3</v>
       </c>
       <c r="O134" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P134" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R134">
         <v>999</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="B135" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="C135" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="E135" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="K135" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="L135" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="M135" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="N135">
         <v>3</v>
       </c>
       <c r="O135" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P135" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R135">
         <v>999</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="B136" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="C136" t="s">
-        <v>511</v>
+        <v>569</v>
       </c>
       <c r="E136" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="K136" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="L136" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="M136" t="s">
-        <v>583</v>
+        <v>585</v>
+      </c>
+      <c r="N136">
+        <v>3</v>
+      </c>
+      <c r="O136" t="s">
+        <v>32</v>
       </c>
       <c r="P136" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R136">
         <v>999</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="B137" t="s">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="C137" t="s">
-        <v>27</v>
+        <v>569</v>
       </c>
       <c r="E137" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="G137" t="s">
         <v>586</v>
       </c>
-      <c r="H137" t="s">
+      <c r="K137" t="s">
+        <v>37</v>
+      </c>
+      <c r="L137" t="s">
         <v>587</v>
       </c>
-      <c r="K137" t="s">
+      <c r="M137" t="s">
         <v>588</v>
       </c>
-      <c r="L137" t="s">
-[...3 lines deleted...]
-        <v>590</v>
+      <c r="N137">
+        <v>3</v>
+      </c>
+      <c r="O137" t="s">
+        <v>32</v>
       </c>
       <c r="P137" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R137">
         <v>999</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B138" t="s">
+        <v>568</v>
+      </c>
+      <c r="C138" t="s">
+        <v>569</v>
+      </c>
+      <c r="E138" t="s">
+        <v>589</v>
+      </c>
+      <c r="K138" t="s">
+        <v>590</v>
+      </c>
+      <c r="L138" t="s">
         <v>591</v>
       </c>
-      <c r="C138" t="s">
+      <c r="M138" t="s">
         <v>592</v>
       </c>
-      <c r="E138" t="s">
-[...9 lines deleted...]
-        <v>596</v>
+      <c r="N138">
+        <v>3</v>
+      </c>
+      <c r="O138" t="s">
+        <v>32</v>
       </c>
       <c r="P138" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R138">
         <v>999</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="B139" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="C139" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="E139" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="K139" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="L139" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="M139" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="N139">
         <v>3</v>
       </c>
       <c r="O139" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P139" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R139">
         <v>999</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="B140" t="s">
-        <v>549</v>
+        <v>597</v>
       </c>
       <c r="C140" t="s">
-        <v>550</v>
+        <v>530</v>
       </c>
       <c r="E140" t="s">
+        <v>598</v>
+      </c>
+      <c r="H140" t="s">
+        <v>599</v>
+      </c>
+      <c r="K140" t="s">
+        <v>600</v>
+      </c>
+      <c r="L140" t="s">
+        <v>601</v>
+      </c>
+      <c r="M140" t="s">
         <v>602</v>
       </c>
-      <c r="K140" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P140" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R140">
         <v>999</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="B141" t="s">
-        <v>549</v>
+        <v>603</v>
       </c>
       <c r="C141" t="s">
-        <v>550</v>
+        <v>49</v>
       </c>
       <c r="E141" t="s">
+        <v>604</v>
+      </c>
+      <c r="G141" t="s">
+        <v>605</v>
+      </c>
+      <c r="H141" t="s">
         <v>606</v>
       </c>
       <c r="K141" t="s">
         <v>607</v>
       </c>
       <c r="L141" t="s">
         <v>608</v>
       </c>
       <c r="M141" t="s">
         <v>609</v>
       </c>
-      <c r="N141">
-[...4 lines deleted...]
-      </c>
       <c r="P141" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R141">
         <v>999</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="B142" t="s">
-        <v>549</v>
+        <v>610</v>
       </c>
       <c r="C142" t="s">
-        <v>550</v>
+        <v>611</v>
       </c>
       <c r="E142" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="K142" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="L142" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="M142" t="s">
-        <v>614</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>615</v>
       </c>
       <c r="P142" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R142">
         <v>999</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="B143" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="C143" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="E143" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H143" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="K143" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="L143" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="M143" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="N143">
         <v>3</v>
       </c>
       <c r="O143" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P143" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R143">
         <v>999</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B144" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="C144" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="E144" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="K144" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L144" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M144" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="N144">
         <v>3</v>
       </c>
       <c r="O144" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P144" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R144">
         <v>999</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B145" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="C145" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="E145" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="K145" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="L145" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="M145" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="N145">
         <v>3</v>
       </c>
       <c r="O145" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P145" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R145">
         <v>999</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="B146" t="s">
-        <v>628</v>
+        <v>568</v>
       </c>
       <c r="C146" t="s">
-        <v>628</v>
+        <v>569</v>
       </c>
       <c r="E146" t="s">
         <v>629</v>
       </c>
+      <c r="H146" t="s">
+        <v>630</v>
+      </c>
       <c r="K146" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="L146" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="M146" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="N146">
         <v>3</v>
       </c>
       <c r="O146" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P146" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R146">
         <v>999</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="B147" t="s">
-        <v>633</v>
+        <v>568</v>
       </c>
       <c r="C147" t="s">
+        <v>569</v>
+      </c>
+      <c r="E147" t="s">
         <v>634</v>
       </c>
-      <c r="E147" t="s">
+      <c r="H147" t="s">
         <v>635</v>
       </c>
-      <c r="H147" t="s">
+      <c r="K147" t="s">
         <v>636</v>
       </c>
-      <c r="K147" t="s">
+      <c r="L147" t="s">
         <v>637</v>
       </c>
-      <c r="L147" t="s">
+      <c r="M147" t="s">
         <v>638</v>
       </c>
-      <c r="M147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N147">
         <v>3</v>
       </c>
       <c r="O147" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P147" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R147">
         <v>999</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="B148" t="s">
+        <v>568</v>
+      </c>
+      <c r="C148" t="s">
+        <v>569</v>
+      </c>
+      <c r="E148" t="s">
+        <v>639</v>
+      </c>
+      <c r="K148" t="s">
         <v>640</v>
       </c>
-      <c r="C148" t="s">
-[...2 lines deleted...]
-      <c r="E148" t="s">
+      <c r="L148" t="s">
         <v>641</v>
       </c>
-      <c r="K148" t="s">
-[...2 lines deleted...]
-      <c r="L148" t="s">
+      <c r="M148" t="s">
         <v>642</v>
       </c>
-      <c r="M148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N148">
         <v>3</v>
       </c>
       <c r="O148" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P148" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R148">
         <v>999</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="B149" t="s">
-        <v>633</v>
+        <v>568</v>
       </c>
       <c r="C149" t="s">
-        <v>634</v>
+        <v>569</v>
       </c>
       <c r="E149" t="s">
+        <v>643</v>
+      </c>
+      <c r="K149" t="s">
         <v>644</v>
       </c>
-      <c r="K149" t="s">
+      <c r="L149" t="s">
         <v>645</v>
       </c>
-      <c r="L149" t="s">
+      <c r="M149" t="s">
         <v>646</v>
       </c>
-      <c r="M149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N149">
         <v>3</v>
       </c>
       <c r="O149" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P149" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R149">
         <v>999</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="B150" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
       <c r="C150" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="E150" t="s">
         <v>648</v>
       </c>
       <c r="K150" t="s">
         <v>649</v>
       </c>
       <c r="L150" t="s">
         <v>650</v>
       </c>
       <c r="M150" t="s">
         <v>651</v>
       </c>
       <c r="N150">
         <v>3</v>
       </c>
       <c r="O150" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P150" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R150">
         <v>999</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="B151" t="s">
         <v>652</v>
       </c>
       <c r="C151" t="s">
         <v>653</v>
       </c>
       <c r="E151" t="s">
         <v>654</v>
       </c>
+      <c r="H151" t="s">
+        <v>655</v>
+      </c>
       <c r="K151" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="L151" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="M151" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="N151">
         <v>3</v>
       </c>
       <c r="O151" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P151" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R151">
         <v>999</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B152" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="C152" t="s">
         <v>653</v>
       </c>
       <c r="E152" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="K152" t="s">
-        <v>659</v>
+        <v>154</v>
       </c>
       <c r="L152" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="M152" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="N152">
         <v>3</v>
       </c>
       <c r="O152" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P152" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R152">
         <v>999</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="B153" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="C153" t="s">
+        <v>653</v>
+      </c>
+      <c r="E153" t="s">
         <v>663</v>
       </c>
-      <c r="E153" t="s">
+      <c r="K153" t="s">
         <v>664</v>
       </c>
-      <c r="K153" t="s">
+      <c r="L153" t="s">
         <v>665</v>
       </c>
-      <c r="L153" t="s">
+      <c r="M153" t="s">
         <v>666</v>
       </c>
-      <c r="M153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N153">
         <v>3</v>
       </c>
       <c r="O153" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P153" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R153">
         <v>999</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="B154" t="s">
+        <v>652</v>
+      </c>
+      <c r="C154" t="s">
+        <v>653</v>
+      </c>
+      <c r="E154" t="s">
+        <v>667</v>
+      </c>
+      <c r="K154" t="s">
         <v>668</v>
       </c>
-      <c r="C154" t="s">
-[...2 lines deleted...]
-      <c r="E154" t="s">
+      <c r="L154" t="s">
         <v>669</v>
       </c>
-      <c r="K154" t="s">
+      <c r="M154" t="s">
         <v>670</v>
       </c>
-      <c r="L154" t="s">
-[...3 lines deleted...]
-        <v>672</v>
+      <c r="N154">
+        <v>3</v>
+      </c>
+      <c r="O154" t="s">
+        <v>32</v>
       </c>
       <c r="P154" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R154">
         <v>999</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="B155" t="s">
+        <v>671</v>
+      </c>
+      <c r="C155" t="s">
+        <v>672</v>
+      </c>
+      <c r="E155" t="s">
         <v>673</v>
       </c>
-      <c r="C155" t="s">
+      <c r="K155" t="s">
         <v>674</v>
       </c>
-      <c r="E155" t="s">
+      <c r="L155" t="s">
         <v>675</v>
       </c>
-      <c r="K155" t="s">
+      <c r="M155" t="s">
         <v>676</v>
       </c>
-      <c r="L155" t="s">
-[...3 lines deleted...]
-        <v>678</v>
+      <c r="N155">
+        <v>3</v>
+      </c>
+      <c r="O155" t="s">
+        <v>32</v>
       </c>
       <c r="P155" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R155">
         <v>999</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B156" t="s">
+        <v>671</v>
+      </c>
+      <c r="C156" t="s">
+        <v>672</v>
+      </c>
+      <c r="E156" t="s">
+        <v>677</v>
+      </c>
+      <c r="K156" t="s">
+        <v>678</v>
+      </c>
+      <c r="L156" t="s">
         <v>679</v>
       </c>
-      <c r="C156" t="s">
+      <c r="M156" t="s">
         <v>680</v>
       </c>
-      <c r="E156" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N156">
         <v>3</v>
       </c>
       <c r="O156" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P156" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R156">
         <v>999</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="B157" t="s">
+        <v>681</v>
+      </c>
+      <c r="C157" t="s">
+        <v>682</v>
+      </c>
+      <c r="E157" t="s">
+        <v>683</v>
+      </c>
+      <c r="K157" t="s">
+        <v>684</v>
+      </c>
+      <c r="L157" t="s">
         <v>685</v>
       </c>
-      <c r="C157" t="s">
+      <c r="M157" t="s">
         <v>686</v>
       </c>
-      <c r="E157" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N157">
         <v>3</v>
       </c>
       <c r="O157" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P157" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R157">
         <v>999</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="B158" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C158" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E158" t="s">
+        <v>688</v>
+      </c>
+      <c r="K158" t="s">
+        <v>689</v>
+      </c>
+      <c r="L158" t="s">
+        <v>690</v>
+      </c>
+      <c r="M158" t="s">
         <v>691</v>
       </c>
-      <c r="K158" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P158" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R158">
         <v>999</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="B159" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C159" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="E159" t="s">
+        <v>694</v>
+      </c>
+      <c r="K159" t="s">
         <v>695</v>
       </c>
-      <c r="K159" t="s">
+      <c r="L159" t="s">
         <v>696</v>
       </c>
-      <c r="L159" t="s">
+      <c r="M159" t="s">
         <v>697</v>
       </c>
-      <c r="M159" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P159" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R159">
         <v>999</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B160" t="s">
-        <v>685</v>
+        <v>698</v>
       </c>
       <c r="C160" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="E160" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="K160" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="L160" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="M160" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="N160">
         <v>3</v>
       </c>
       <c r="O160" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P160" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R160">
         <v>999</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="B161" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C161" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E161" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="K161" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="L161" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="M161" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="N161">
         <v>3</v>
       </c>
       <c r="O161" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P161" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R161">
         <v>999</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B162" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C162" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E162" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="K162" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="L162" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="M162" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="N162">
         <v>3</v>
       </c>
       <c r="O162" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P162" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R162">
         <v>999</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B163" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C163" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E163" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="K163" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="L163" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="M163" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="N163">
         <v>3</v>
       </c>
       <c r="O163" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P163" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R163">
         <v>999</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="B164" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C164" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E164" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="K164" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="L164" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="M164" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="N164">
         <v>3</v>
       </c>
       <c r="O164" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P164" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R164">
         <v>999</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B165" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C165" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E165" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="K165" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="L165" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="M165" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="N165">
         <v>3</v>
       </c>
       <c r="O165" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P165" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R165">
         <v>999</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="B166" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C166" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E166" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="K166" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="L166" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="M166" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="N166">
         <v>3</v>
       </c>
       <c r="O166" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P166" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R166">
         <v>999</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B167" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C167" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E167" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="K167" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="L167" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="M167" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="N167">
         <v>3</v>
       </c>
       <c r="O167" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P167" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R167">
         <v>999</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="A168">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B168" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C168" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E168" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="K168" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="L168" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="M168" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="N168">
         <v>3</v>
       </c>
       <c r="O168" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P168" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R168">
         <v>999</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="A169">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="B169" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="C169" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="E169" t="s">
-        <v>735</v>
-[...5 lines deleted...]
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="K169" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="L169" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="M169" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="N169">
         <v>3</v>
       </c>
       <c r="O169" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P169" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R169">
         <v>999</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="A170">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="B170" t="s">
-        <v>741</v>
+        <v>704</v>
       </c>
       <c r="C170" t="s">
+        <v>705</v>
+      </c>
+      <c r="E170" t="s">
         <v>742</v>
       </c>
-      <c r="E170" t="s">
+      <c r="K170" t="s">
         <v>743</v>
       </c>
-      <c r="K170" t="s">
+      <c r="L170" t="s">
         <v>744</v>
       </c>
-      <c r="L170" t="s">
+      <c r="M170" t="s">
         <v>745</v>
       </c>
-      <c r="M170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N170">
         <v>3</v>
       </c>
       <c r="O170" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P170" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R170">
         <v>999</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B171" t="s">
-        <v>741</v>
+        <v>704</v>
       </c>
       <c r="C171" t="s">
-        <v>742</v>
+        <v>705</v>
       </c>
       <c r="E171" t="s">
+        <v>746</v>
+      </c>
+      <c r="K171" t="s">
         <v>747</v>
       </c>
-      <c r="K171" t="s">
+      <c r="L171" t="s">
         <v>748</v>
       </c>
-      <c r="L171" t="s">
+      <c r="M171" t="s">
         <v>749</v>
       </c>
-      <c r="M171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N171">
         <v>3</v>
       </c>
       <c r="O171" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P171" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R171">
         <v>999</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="A172">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B172" t="s">
-        <v>741</v>
+        <v>704</v>
       </c>
       <c r="C172" t="s">
-        <v>742</v>
+        <v>705</v>
       </c>
       <c r="E172" t="s">
+        <v>750</v>
+      </c>
+      <c r="K172" t="s">
         <v>751</v>
       </c>
-      <c r="K172" t="s">
+      <c r="L172" t="s">
         <v>752</v>
       </c>
-      <c r="L172" t="s">
+      <c r="M172" t="s">
         <v>753</v>
       </c>
-      <c r="M172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N172">
         <v>3</v>
       </c>
       <c r="O172" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P172" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R172">
         <v>999</v>
       </c>
     </row>
     <row r="173" spans="1:18">
       <c r="A173">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="B173" t="s">
-        <v>741</v>
+        <v>704</v>
       </c>
       <c r="C173" t="s">
-        <v>742</v>
+        <v>705</v>
       </c>
       <c r="E173" t="s">
+        <v>754</v>
+      </c>
+      <c r="G173" t="s">
         <v>755</v>
       </c>
+      <c r="H173" t="s">
+        <v>756</v>
+      </c>
       <c r="K173" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="L173" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="M173" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="N173">
         <v>3</v>
       </c>
       <c r="O173" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P173" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R173">
         <v>999</v>
       </c>
     </row>
     <row r="174" spans="1:18">
       <c r="A174">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="B174" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C174" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E174" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="K174" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="L174" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="M174" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="N174">
         <v>3</v>
       </c>
       <c r="O174" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P174" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R174">
         <v>999</v>
       </c>
     </row>
     <row r="175" spans="1:18">
       <c r="A175">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B175" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C175" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E175" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="K175" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="L175" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="M175" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="N175">
         <v>3</v>
       </c>
       <c r="O175" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P175" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R175">
         <v>999</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="A176">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="B176" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C176" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E176" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="K176" t="s">
-        <v>607</v>
+        <v>771</v>
       </c>
       <c r="L176" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="M176" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="N176">
         <v>3</v>
       </c>
       <c r="O176" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P176" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R176">
         <v>999</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="A177">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="B177" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C177" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E177" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="K177" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="L177" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="M177" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="N177">
         <v>3</v>
       </c>
       <c r="O177" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P177" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R177">
         <v>999</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="B178" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C178" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E178" t="s">
-        <v>775</v>
+        <v>778</v>
+      </c>
+      <c r="G178" t="s">
+        <v>779</v>
       </c>
       <c r="K178" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="L178" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="M178" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="N178">
         <v>3</v>
       </c>
       <c r="O178" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P178" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R178">
         <v>999</v>
       </c>
     </row>
     <row r="179" spans="1:18">
       <c r="A179">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="B179" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C179" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E179" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="K179" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="L179" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="M179" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="N179">
         <v>3</v>
       </c>
       <c r="O179" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P179" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R179">
         <v>999</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="A180">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="B180" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="C180" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E180" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="K180" t="s">
-        <v>785</v>
+        <v>626</v>
       </c>
       <c r="L180" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="M180" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="N180">
         <v>3</v>
       </c>
       <c r="O180" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P180" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R180">
         <v>999</v>
       </c>
     </row>
     <row r="181" spans="1:18">
       <c r="A181">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="B181" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="C181" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E181" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="K181" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="L181" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="M181" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="N181">
         <v>3</v>
       </c>
       <c r="O181" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P181" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R181">
         <v>999</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="B182" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C182" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E182" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="K182" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="L182" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="M182" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="N182">
         <v>3</v>
       </c>
       <c r="O182" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P182" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R182">
         <v>999</v>
       </c>
     </row>
     <row r="183" spans="1:18">
       <c r="A183">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="B183" t="s">
-        <v>796</v>
+        <v>760</v>
       </c>
       <c r="C183" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E183" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="H183" t="s">
         <v>798</v>
       </c>
       <c r="K183" t="s">
         <v>799</v>
       </c>
       <c r="L183" t="s">
         <v>800</v>
       </c>
       <c r="M183" t="s">
         <v>801</v>
       </c>
       <c r="N183">
         <v>3</v>
       </c>
       <c r="O183" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P183" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R183">
         <v>999</v>
       </c>
     </row>
     <row r="184" spans="1:18">
       <c r="A184">
+        <v>806</v>
+      </c>
+      <c r="B184" t="s">
         <v>802</v>
       </c>
-      <c r="B184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E184" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="K184" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="L184" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="M184" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="N184">
         <v>3</v>
       </c>
       <c r="O184" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P184" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R184">
         <v>999</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="A185">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="B185" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="C185" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E185" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="K185" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="L185" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="M185" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="N185">
         <v>3</v>
       </c>
       <c r="O185" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P185" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R185">
         <v>999</v>
       </c>
     </row>
     <row r="186" spans="1:18">
       <c r="A186">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="B186" t="s">
-        <v>796</v>
+        <v>760</v>
       </c>
       <c r="C186" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E186" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="K186" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="L186" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="M186" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="N186">
         <v>3</v>
       </c>
       <c r="O186" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P186" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R186">
         <v>999</v>
       </c>
     </row>
     <row r="187" spans="1:18">
       <c r="A187">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="B187" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C187" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E187" t="s">
-        <v>814</v>
+        <v>816</v>
+      </c>
+      <c r="H187" t="s">
+        <v>817</v>
       </c>
       <c r="K187" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="L187" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="M187" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="N187">
         <v>3</v>
       </c>
       <c r="O187" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P187" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R187">
         <v>999</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="A188">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="B188" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C188" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E188" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="K188" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="L188" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="M188" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="N188">
         <v>3</v>
       </c>
       <c r="O188" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P188" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R188">
         <v>999</v>
       </c>
     </row>
     <row r="189" spans="1:18">
       <c r="A189">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="B189" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C189" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E189" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="K189" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="L189" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="M189" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="N189">
         <v>3</v>
       </c>
       <c r="O189" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P189" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R189">
         <v>999</v>
       </c>
     </row>
     <row r="190" spans="1:18">
       <c r="A190">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="B190" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C190" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E190" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="K190" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="L190" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="M190" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="N190">
         <v>3</v>
       </c>
       <c r="O190" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P190" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R190">
         <v>999</v>
       </c>
     </row>
     <row r="191" spans="1:18">
       <c r="A191">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="B191" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C191" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E191" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="K191" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="L191" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="M191" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="N191">
         <v>3</v>
       </c>
       <c r="O191" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P191" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R191">
         <v>999</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="A192">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="B192" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C192" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E192" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="K192" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="L192" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="M192" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="N192">
         <v>3</v>
       </c>
       <c r="O192" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P192" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R192">
         <v>999</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="A193">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="B193" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C193" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E193" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="K193" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="L193" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="M193" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="N193">
         <v>3</v>
       </c>
       <c r="O193" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P193" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R193">
         <v>999</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="A194">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="B194" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C194" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E194" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="K194" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="L194" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="M194" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="N194">
         <v>3</v>
       </c>
       <c r="O194" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P194" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R194">
         <v>999</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="B195" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C195" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E195" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="K195" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="L195" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="M195" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="N195">
         <v>3</v>
       </c>
       <c r="O195" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P195" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R195">
         <v>999</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="A196">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="B196" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C196" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E196" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="K196" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="L196" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="M196" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="N196">
         <v>3</v>
       </c>
       <c r="O196" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P196" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R196">
         <v>999</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="A197">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="B197" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C197" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E197" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="K197" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="L197" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="M197" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="N197">
         <v>3</v>
       </c>
       <c r="O197" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P197" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R197">
         <v>999</v>
       </c>
     </row>
     <row r="198" spans="1:18">
       <c r="A198">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="B198" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C198" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E198" t="s">
-        <v>859</v>
+        <v>861</v>
+      </c>
+      <c r="H198" t="s">
+        <v>862</v>
       </c>
       <c r="K198" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="L198" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="M198" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="N198">
         <v>3</v>
       </c>
       <c r="O198" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P198" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R198">
         <v>999</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="A199">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="B199" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C199" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E199" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="K199" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="L199" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="M199" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="N199">
         <v>3</v>
       </c>
       <c r="O199" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P199" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R199">
         <v>999</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="A200">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="B200" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C200" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E200" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="K200" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="L200" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="M200" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="N200">
         <v>3</v>
       </c>
       <c r="O200" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P200" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R200">
         <v>999</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="A201">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B201" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C201" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E201" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="K201" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="L201" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="M201" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="N201">
         <v>3</v>
       </c>
       <c r="O201" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P201" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R201">
         <v>999</v>
       </c>
     </row>
     <row r="202" spans="1:18">
       <c r="A202">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="B202" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C202" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E202" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="K202" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="L202" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="M202" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="N202">
         <v>3</v>
       </c>
       <c r="O202" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P202" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R202">
         <v>999</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="A203">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="B203" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C203" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E203" t="s">
-        <v>880</v>
+        <v>882</v>
+      </c>
+      <c r="H203" t="s">
+        <v>883</v>
       </c>
       <c r="K203" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="L203" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="M203" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="N203">
         <v>3</v>
       </c>
       <c r="O203" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P203" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R203">
         <v>999</v>
       </c>
     </row>
     <row r="204" spans="1:18">
       <c r="A204">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="B204" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C204" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E204" t="s">
-        <v>884</v>
-[...5 lines deleted...]
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="K204" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="L204" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="M204" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="N204">
         <v>3</v>
       </c>
       <c r="O204" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P204" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R204">
         <v>999</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="A205">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="B205" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C205" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E205" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="K205" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="L205" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="M205" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="N205">
         <v>3</v>
       </c>
       <c r="O205" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P205" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R205">
         <v>999</v>
       </c>
     </row>
     <row r="206" spans="1:18">
       <c r="A206">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="B206" t="s">
-        <v>894</v>
+        <v>815</v>
       </c>
       <c r="C206" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E206" t="s">
         <v>895</v>
       </c>
       <c r="K206" t="s">
         <v>896</v>
       </c>
       <c r="L206" t="s">
         <v>897</v>
       </c>
       <c r="M206" t="s">
         <v>898</v>
       </c>
       <c r="N206">
         <v>3</v>
       </c>
       <c r="O206" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P206" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R206">
         <v>999</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="A207">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="B207" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C207" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E207" t="s">
         <v>899</v>
       </c>
       <c r="K207" t="s">
         <v>900</v>
       </c>
       <c r="L207" t="s">
         <v>901</v>
       </c>
       <c r="M207" t="s">
         <v>902</v>
       </c>
       <c r="N207">
         <v>3</v>
       </c>
       <c r="O207" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P207" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R207">
         <v>999</v>
       </c>
     </row>
     <row r="208" spans="1:18">
       <c r="A208">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="B208" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C208" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E208" t="s">
         <v>903</v>
       </c>
+      <c r="G208" t="s">
+        <v>904</v>
+      </c>
+      <c r="H208" t="s">
+        <v>905</v>
+      </c>
       <c r="K208" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="L208" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="M208" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="N208">
         <v>3</v>
       </c>
       <c r="O208" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P208" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R208">
         <v>999</v>
       </c>
     </row>
     <row r="209" spans="1:18">
       <c r="A209">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="B209" t="s">
-        <v>907</v>
+        <v>760</v>
       </c>
       <c r="C209" t="s">
-        <v>267</v>
+        <v>761</v>
       </c>
       <c r="E209" t="s">
-        <v>908</v>
-[...1 lines deleted...]
-      <c r="H209" t="s">
         <v>909</v>
       </c>
       <c r="K209" t="s">
         <v>910</v>
       </c>
       <c r="L209" t="s">
         <v>911</v>
       </c>
       <c r="M209" t="s">
         <v>912</v>
       </c>
       <c r="N209">
         <v>3</v>
       </c>
       <c r="O209" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P209" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R209">
         <v>999</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="A210">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="B210" t="s">
-        <v>894</v>
+        <v>913</v>
       </c>
       <c r="C210" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E210" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="K210" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="L210" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="M210" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="N210">
         <v>3</v>
       </c>
       <c r="O210" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P210" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R210">
         <v>999</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="A211">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="B211" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C211" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E211" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="K211" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="L211" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="M211" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="N211">
         <v>3</v>
       </c>
       <c r="O211" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P211" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R211">
         <v>999</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="A212">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B212" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C212" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E212" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="K212" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="L212" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="M212" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="N212">
         <v>3</v>
       </c>
       <c r="O212" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P212" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R212">
         <v>999</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="A213">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B213" t="s">
-        <v>741</v>
+        <v>926</v>
       </c>
       <c r="C213" t="s">
-        <v>742</v>
+        <v>287</v>
       </c>
       <c r="E213" t="s">
-        <v>921</v>
+        <v>927</v>
+      </c>
+      <c r="H213" t="s">
+        <v>928</v>
       </c>
       <c r="K213" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="L213" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="M213" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="N213">
         <v>3</v>
       </c>
       <c r="O213" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P213" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R213">
         <v>999</v>
       </c>
     </row>
     <row r="214" spans="1:18">
       <c r="A214">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="B214" t="s">
-        <v>741</v>
+        <v>913</v>
       </c>
       <c r="C214" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E214" t="s">
-        <v>925</v>
+        <v>927</v>
+      </c>
+      <c r="H214" t="s">
+        <v>928</v>
       </c>
       <c r="K214" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="L214" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="M214" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="N214">
         <v>3</v>
       </c>
       <c r="O214" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P214" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R214">
         <v>999</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="A215">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="B215" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C215" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E215" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="K215" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="L215" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="M215" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="N215">
         <v>3</v>
       </c>
       <c r="O215" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P215" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R215">
         <v>999</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="A216">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="B216" t="s">
-        <v>591</v>
+        <v>760</v>
       </c>
       <c r="C216" t="s">
-        <v>592</v>
+        <v>761</v>
       </c>
       <c r="E216" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="K216" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="L216" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="M216" t="s">
-        <v>937</v>
+        <v>939</v>
+      </c>
+      <c r="N216">
+        <v>3</v>
+      </c>
+      <c r="O216" t="s">
+        <v>32</v>
       </c>
       <c r="P216" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R216">
         <v>999</v>
       </c>
     </row>
     <row r="217" spans="1:18">
       <c r="A217">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="B217" t="s">
-        <v>591</v>
+        <v>760</v>
       </c>
       <c r="C217" t="s">
-        <v>592</v>
+        <v>761</v>
       </c>
       <c r="E217" t="s">
-        <v>938</v>
-[...4 lines deleted...]
-      <c r="H217" t="s">
         <v>940</v>
       </c>
       <c r="K217" t="s">
-        <v>761</v>
+        <v>941</v>
       </c>
       <c r="L217" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="M217" t="s">
-        <v>942</v>
+        <v>943</v>
+      </c>
+      <c r="N217">
+        <v>3</v>
+      </c>
+      <c r="O217" t="s">
+        <v>32</v>
       </c>
       <c r="P217" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R217">
         <v>999</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="A218">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B218" t="s">
-        <v>943</v>
+        <v>760</v>
       </c>
       <c r="C218" t="s">
-        <v>592</v>
+        <v>761</v>
       </c>
       <c r="E218" t="s">
         <v>944</v>
       </c>
-      <c r="G218" t="s">
+      <c r="K218" t="s">
         <v>945</v>
       </c>
-      <c r="K218" t="s">
+      <c r="L218" t="s">
         <v>946</v>
       </c>
-      <c r="L218" t="s">
+      <c r="M218" t="s">
         <v>947</v>
       </c>
-      <c r="M218" t="s">
-        <v>948</v>
+      <c r="N218">
+        <v>3</v>
+      </c>
+      <c r="O218" t="s">
+        <v>32</v>
       </c>
       <c r="P218" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R218">
         <v>999</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="B219" t="s">
-        <v>943</v>
+        <v>760</v>
       </c>
       <c r="C219" t="s">
-        <v>592</v>
+        <v>761</v>
       </c>
       <c r="E219" t="s">
+        <v>948</v>
+      </c>
+      <c r="K219" t="s">
         <v>949</v>
       </c>
-      <c r="G219" t="s">
+      <c r="L219" t="s">
         <v>950</v>
       </c>
-      <c r="K219" t="s">
+      <c r="M219" t="s">
         <v>951</v>
       </c>
-      <c r="L219" t="s">
-[...3 lines deleted...]
-        <v>953</v>
+      <c r="N219">
+        <v>3</v>
+      </c>
+      <c r="O219" t="s">
+        <v>32</v>
       </c>
       <c r="P219" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R219">
         <v>999</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="A220">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B220" t="s">
-        <v>796</v>
+        <v>610</v>
       </c>
       <c r="C220" t="s">
-        <v>742</v>
+        <v>611</v>
       </c>
       <c r="E220" t="s">
+        <v>952</v>
+      </c>
+      <c r="H220" t="s">
+        <v>953</v>
+      </c>
+      <c r="K220" t="s">
         <v>954</v>
       </c>
-      <c r="K220" t="s">
+      <c r="L220" t="s">
         <v>955</v>
       </c>
-      <c r="L220" t="s">
+      <c r="M220" t="s">
         <v>956</v>
       </c>
-      <c r="M220" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P220" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R220">
         <v>999</v>
       </c>
     </row>
     <row r="221" spans="1:18">
       <c r="A221">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="B221" t="s">
-        <v>796</v>
+        <v>610</v>
       </c>
       <c r="C221" t="s">
-        <v>742</v>
+        <v>611</v>
       </c>
       <c r="E221" t="s">
+        <v>957</v>
+      </c>
+      <c r="G221" t="s">
         <v>958</v>
       </c>
+      <c r="H221" t="s">
+        <v>959</v>
+      </c>
       <c r="K221" t="s">
-        <v>959</v>
+        <v>780</v>
       </c>
       <c r="L221" t="s">
         <v>960</v>
       </c>
       <c r="M221" t="s">
         <v>961</v>
       </c>
-      <c r="N221">
-[...4 lines deleted...]
-      </c>
       <c r="P221" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R221">
         <v>999</v>
       </c>
     </row>
     <row r="222" spans="1:18">
       <c r="A222">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B222" t="s">
-        <v>796</v>
+        <v>962</v>
       </c>
       <c r="C222" t="s">
-        <v>742</v>
+        <v>611</v>
       </c>
       <c r="E222" t="s">
-        <v>962</v>
+        <v>963</v>
+      </c>
+      <c r="G222" t="s">
+        <v>964</v>
       </c>
       <c r="K222" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="L222" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="M222" t="s">
-        <v>965</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>967</v>
       </c>
       <c r="P222" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R222">
         <v>999</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="A223">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="B223" t="s">
-        <v>796</v>
+        <v>962</v>
       </c>
       <c r="C223" t="s">
-        <v>742</v>
+        <v>611</v>
       </c>
       <c r="E223" t="s">
-        <v>966</v>
+        <v>968</v>
+      </c>
+      <c r="G223" t="s">
+        <v>969</v>
       </c>
       <c r="K223" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="L223" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="M223" t="s">
-        <v>969</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>972</v>
       </c>
       <c r="P223" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R223">
         <v>999</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="A224">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="B224" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C224" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E224" t="s">
-        <v>970</v>
-[...2 lines deleted...]
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="K224" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="L224" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="M224" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="N224">
         <v>3</v>
       </c>
       <c r="O224" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P224" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R224">
         <v>999</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="A225">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="B225" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C225" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E225" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="K225" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="L225" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="M225" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N225">
         <v>3</v>
       </c>
       <c r="O225" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P225" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R225">
         <v>999</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="A226">
+        <v>765</v>
+      </c>
+      <c r="B226" t="s">
+        <v>815</v>
+      </c>
+      <c r="C226" t="s">
         <v>761</v>
       </c>
-      <c r="B226" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E226" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="K226" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="L226" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="M226" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="N226">
         <v>3</v>
       </c>
       <c r="O226" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P226" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R226">
         <v>999</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="A227">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="B227" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C227" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E227" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="K227" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="L227" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="M227" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="N227">
         <v>3</v>
       </c>
       <c r="O227" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P227" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R227">
         <v>999</v>
       </c>
     </row>
     <row r="228" spans="1:18">
       <c r="A228">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B228" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C228" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E228" t="s">
-        <v>987</v>
+        <v>989</v>
+      </c>
+      <c r="H228" t="s">
+        <v>990</v>
       </c>
       <c r="K228" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="L228" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="M228" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="N228">
         <v>3</v>
       </c>
       <c r="O228" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P228" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R228">
         <v>999</v>
       </c>
     </row>
     <row r="229" spans="1:18">
       <c r="A229">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="B229" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C229" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E229" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="K229" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="L229" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="M229" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="N229">
         <v>3</v>
       </c>
       <c r="O229" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P229" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R229">
         <v>999</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="A230">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="B230" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C230" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E230" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="K230" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="L230" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="M230" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="N230">
         <v>3</v>
       </c>
       <c r="O230" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P230" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R230">
         <v>999</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="A231">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="B231" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C231" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E231" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="K231" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="L231" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="M231" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="N231">
         <v>3</v>
       </c>
       <c r="O231" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P231" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R231">
         <v>999</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="A232">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="B232" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C232" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E232" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="K232" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="L232" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="M232" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="N232">
         <v>3</v>
       </c>
       <c r="O232" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P232" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R232">
         <v>999</v>
       </c>
     </row>
     <row r="233" spans="1:18">
       <c r="A233">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B233" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C233" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E233" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="K233" t="s">
-        <v>607</v>
+        <v>1011</v>
       </c>
       <c r="L233" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="M233" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="N233">
         <v>3</v>
       </c>
       <c r="O233" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P233" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R233">
         <v>999</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="A234">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="B234" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C234" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E234" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="K234" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="L234" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="M234" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="N234">
         <v>3</v>
       </c>
       <c r="O234" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P234" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R234">
         <v>999</v>
       </c>
     </row>
     <row r="235" spans="1:18">
       <c r="A235">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="B235" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C235" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E235" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="K235" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="L235" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="M235" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="N235">
         <v>3</v>
       </c>
       <c r="O235" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P235" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R235">
         <v>999</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="A236">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="B236" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C236" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E236" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="K236" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="L236" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="M236" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="N236">
         <v>3</v>
       </c>
       <c r="O236" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P236" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R236">
         <v>999</v>
       </c>
     </row>
     <row r="237" spans="1:18">
       <c r="A237">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="B237" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C237" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E237" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="K237" t="s">
-        <v>1023</v>
+        <v>626</v>
       </c>
       <c r="L237" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="M237" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="N237">
         <v>3</v>
       </c>
       <c r="O237" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P237" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R237">
         <v>999</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="A238">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="B238" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C238" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E238" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="K238" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="L238" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="M238" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="N238">
         <v>3</v>
       </c>
       <c r="O238" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P238" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R238">
         <v>999</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="A239">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="B239" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C239" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E239" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="K239" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="L239" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="M239" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="N239">
         <v>3</v>
       </c>
       <c r="O239" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P239" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R239">
         <v>999</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="A240">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="B240" t="s">
-        <v>894</v>
+        <v>815</v>
       </c>
       <c r="C240" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E240" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="K240" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="L240" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="M240" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="N240">
         <v>3</v>
       </c>
       <c r="O240" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P240" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R240">
         <v>999</v>
       </c>
     </row>
     <row r="241" spans="1:18">
       <c r="A241">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="B241" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C241" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E241" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="K241" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="L241" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="M241" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="N241">
         <v>3</v>
       </c>
       <c r="O241" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P241" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R241">
         <v>999</v>
       </c>
     </row>
     <row r="242" spans="1:18">
       <c r="A242">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="B242" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C242" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E242" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="K242" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="L242" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="M242" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="N242">
         <v>3</v>
       </c>
       <c r="O242" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P242" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R242">
         <v>999</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="A243">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="B243" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C243" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E243" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="K243" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="L243" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="M243" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="N243">
         <v>3</v>
       </c>
       <c r="O243" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P243" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R243">
         <v>999</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="A244">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="B244" t="s">
-        <v>741</v>
+        <v>913</v>
       </c>
       <c r="C244" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E244" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="K244" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="L244" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="M244" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="N244">
         <v>3</v>
       </c>
       <c r="O244" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P244" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R244">
         <v>999</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="A245">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B245" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C245" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E245" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="K245" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="L245" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="M245" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="N245">
         <v>3</v>
       </c>
       <c r="O245" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P245" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R245">
         <v>999</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="A246">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="B246" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C246" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E246" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="K246" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="L246" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="M246" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="N246">
         <v>3</v>
       </c>
       <c r="O246" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P246" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R246">
         <v>999</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="A247">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="B247" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C247" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E247" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="K247" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="L247" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="M247" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="N247">
         <v>3</v>
       </c>
       <c r="O247" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P247" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R247">
         <v>999</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="A248">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B248" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C248" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E248" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="K248" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="L248" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="M248" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="N248">
         <v>3</v>
       </c>
       <c r="O248" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P248" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R248">
         <v>999</v>
       </c>
     </row>
     <row r="249" spans="1:18">
       <c r="A249">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="B249" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C249" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E249" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="K249" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="L249" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="M249" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="N249">
         <v>3</v>
       </c>
       <c r="O249" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P249" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R249">
         <v>999</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="A250">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="B250" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C250" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E250" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="K250" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="L250" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="M250" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="N250">
         <v>3</v>
       </c>
       <c r="O250" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P250" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R250">
         <v>999</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="A251">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B251" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C251" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E251" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="K251" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="L251" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="M251" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="N251">
         <v>3</v>
       </c>
       <c r="O251" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P251" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R251">
         <v>999</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="A252">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="B252" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C252" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E252" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="K252" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="L252" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="M252" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="N252">
         <v>3</v>
       </c>
       <c r="O252" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P252" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R252">
         <v>999</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="A253">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="B253" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C253" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E253" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="K253" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="L253" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="M253" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="N253">
         <v>3</v>
       </c>
       <c r="O253" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P253" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R253">
         <v>999</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="A254">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="B254" t="s">
-        <v>796</v>
+        <v>760</v>
       </c>
       <c r="C254" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E254" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="K254" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="L254" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="M254" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="N254">
         <v>3</v>
       </c>
       <c r="O254" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P254" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R254">
         <v>999</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="A255">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B255" t="s">
-        <v>796</v>
+        <v>760</v>
       </c>
       <c r="C255" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E255" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="K255" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="L255" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="M255" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="N255">
         <v>3</v>
       </c>
       <c r="O255" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P255" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R255">
         <v>999</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="A256">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="B256" t="s">
-        <v>796</v>
+        <v>760</v>
       </c>
       <c r="C256" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E256" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="K256" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="L256" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="M256" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="N256">
         <v>3</v>
       </c>
       <c r="O256" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P256" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R256">
         <v>999</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="A257">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B257" t="s">
-        <v>796</v>
+        <v>760</v>
       </c>
       <c r="C257" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E257" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="K257" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="L257" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="M257" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="N257">
         <v>3</v>
       </c>
       <c r="O257" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P257" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R257">
         <v>999</v>
       </c>
     </row>
     <row r="258" spans="1:18">
       <c r="A258">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B258" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C258" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E258" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="K258" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="L258" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="M258" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="N258">
         <v>3</v>
       </c>
       <c r="O258" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P258" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R258">
         <v>999</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="A259">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="B259" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C259" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E259" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="K259" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="L259" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="M259" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="N259">
         <v>3</v>
       </c>
       <c r="O259" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P259" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R259">
         <v>999</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="A260">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="B260" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C260" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E260" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="K260" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="L260" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="M260" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="N260">
         <v>3</v>
       </c>
       <c r="O260" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P260" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R260">
         <v>999</v>
       </c>
     </row>
     <row r="261" spans="1:18">
       <c r="A261">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="B261" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C261" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E261" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="K261" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="L261" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="M261" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="N261">
         <v>3</v>
       </c>
       <c r="O261" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P261" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R261">
         <v>999</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="A262">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="B262" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C262" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E262" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="K262" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="L262" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="M262" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="N262">
         <v>3</v>
       </c>
       <c r="O262" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P262" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R262">
         <v>999</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="A263">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B263" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C263" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E263" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="K263" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="L263" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="M263" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="N263">
         <v>3</v>
       </c>
       <c r="O263" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P263" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R263">
         <v>999</v>
       </c>
     </row>
     <row r="264" spans="1:18">
       <c r="A264">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="B264" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C264" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E264" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="K264" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="L264" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="M264" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="N264">
         <v>3</v>
       </c>
       <c r="O264" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P264" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R264">
         <v>999</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="A265">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B265" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C265" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E265" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="K265" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="L265" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="M265" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="N265">
         <v>3</v>
       </c>
       <c r="O265" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P265" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R265">
         <v>999</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="A266">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="B266" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C266" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E266" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="K266" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="L266" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="M266" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="N266">
         <v>3</v>
       </c>
       <c r="O266" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P266" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R266">
         <v>999</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="A267">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B267" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C267" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E267" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="K267" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="L267" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="M267" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="N267">
         <v>3</v>
       </c>
       <c r="O267" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P267" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R267">
         <v>999</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="A268">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="B268" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C268" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E268" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="K268" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="L268" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="M268" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="N268">
         <v>3</v>
       </c>
       <c r="O268" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P268" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R268">
         <v>999</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="A269">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="B269" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C269" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E269" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="K269" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="L269" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="M269" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="N269">
         <v>3</v>
       </c>
       <c r="O269" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P269" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R269">
         <v>999</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="A270">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B270" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C270" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E270" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="K270" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="L270" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="M270" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="N270">
         <v>3</v>
       </c>
       <c r="O270" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P270" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R270">
         <v>999</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="A271">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B271" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C271" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E271" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="K271" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="L271" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="M271" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="N271">
         <v>3</v>
       </c>
       <c r="O271" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P271" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R271">
         <v>999</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="A272">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="B272" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C272" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E272" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="K272" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="L272" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="M272" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="N272">
         <v>3</v>
       </c>
       <c r="O272" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P272" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R272">
         <v>999</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="A273">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="B273" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C273" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E273" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="K273" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="L273" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="M273" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="N273">
         <v>3</v>
       </c>
       <c r="O273" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P273" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R273">
         <v>999</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="A274">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="B274" t="s">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="C274" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E274" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="K274" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="L274" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="M274" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="N274">
         <v>3</v>
       </c>
       <c r="O274" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P274" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R274">
         <v>999</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="A275">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B275" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C275" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E275" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="K275" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="L275" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="M275" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="N275">
         <v>3</v>
       </c>
       <c r="O275" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P275" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R275">
         <v>999</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="A276">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="B276" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C276" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E276" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="K276" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="L276" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="M276" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="N276">
         <v>3</v>
       </c>
       <c r="O276" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P276" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R276">
         <v>999</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="A277">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="B277" t="s">
-        <v>894</v>
+        <v>760</v>
       </c>
       <c r="C277" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E277" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="K277" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="L277" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="M277" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="N277">
         <v>3</v>
       </c>
       <c r="O277" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P277" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R277">
         <v>999</v>
       </c>
     </row>
     <row r="278" spans="1:18">
       <c r="A278">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="B278" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C278" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E278" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="K278" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="L278" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="M278" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="N278">
         <v>3</v>
       </c>
       <c r="O278" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P278" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R278">
         <v>999</v>
       </c>
     </row>
     <row r="279" spans="1:18">
       <c r="A279">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="B279" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C279" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E279" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="K279" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="L279" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="M279" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="N279">
         <v>3</v>
       </c>
       <c r="O279" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P279" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R279">
         <v>999</v>
       </c>
     </row>
     <row r="280" spans="1:18">
       <c r="A280">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B280" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C280" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E280" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="K280" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="L280" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="M280" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="N280">
         <v>3</v>
       </c>
       <c r="O280" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P280" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R280">
         <v>999</v>
       </c>
     </row>
     <row r="281" spans="1:18">
       <c r="A281">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="B281" t="s">
-        <v>741</v>
+        <v>913</v>
       </c>
       <c r="C281" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E281" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="K281" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="L281" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="M281" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="N281">
         <v>3</v>
       </c>
       <c r="O281" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P281" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R281">
         <v>999</v>
       </c>
     </row>
     <row r="282" spans="1:18">
       <c r="A282">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="B282" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C282" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E282" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="K282" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="L282" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="M282" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="N282">
         <v>3</v>
       </c>
       <c r="O282" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P282" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R282">
         <v>999</v>
       </c>
     </row>
     <row r="283" spans="1:18">
       <c r="A283">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="B283" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C283" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E283" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="K283" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="L283" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="M283" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="N283">
         <v>3</v>
       </c>
       <c r="O283" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P283" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R283">
         <v>999</v>
       </c>
     </row>
     <row r="284" spans="1:18">
       <c r="A284">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B284" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C284" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E284" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="K284" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="L284" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="M284" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="N284">
         <v>3</v>
       </c>
       <c r="O284" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P284" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R284">
         <v>999</v>
       </c>
     </row>
     <row r="285" spans="1:18">
       <c r="A285">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="B285" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C285" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E285" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="K285" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="L285" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="M285" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="N285">
         <v>3</v>
       </c>
       <c r="O285" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P285" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R285">
         <v>999</v>
       </c>
     </row>
     <row r="286" spans="1:18">
       <c r="A286">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="B286" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C286" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E286" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="K286" t="s">
-        <v>1183</v>
+        <v>1222</v>
       </c>
       <c r="L286" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="M286" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="N286">
         <v>3</v>
       </c>
       <c r="O286" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P286" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R286">
         <v>999</v>
       </c>
     </row>
     <row r="287" spans="1:18">
       <c r="A287">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="B287" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C287" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E287" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="K287" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="L287" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="M287" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="N287">
         <v>3</v>
       </c>
       <c r="O287" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P287" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R287">
         <v>999</v>
       </c>
     </row>
     <row r="288" spans="1:18">
       <c r="A288">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="B288" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C288" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E288" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="K288" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="L288" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="M288" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="N288">
         <v>3</v>
       </c>
       <c r="O288" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P288" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R288">
         <v>999</v>
       </c>
     </row>
     <row r="289" spans="1:18">
       <c r="A289">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="B289" t="s">
-        <v>894</v>
+        <v>760</v>
       </c>
       <c r="C289" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E289" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="K289" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="L289" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="M289" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="N289">
         <v>3</v>
       </c>
       <c r="O289" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P289" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R289">
         <v>999</v>
       </c>
     </row>
     <row r="290" spans="1:18">
       <c r="A290">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B290" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C290" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E290" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="K290" t="s">
-        <v>1234</v>
+        <v>1202</v>
       </c>
       <c r="L290" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="M290" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="N290">
         <v>3</v>
       </c>
       <c r="O290" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P290" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R290">
         <v>999</v>
       </c>
     </row>
     <row r="291" spans="1:18">
       <c r="A291">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B291" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C291" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E291" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="K291" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="L291" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="M291" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="N291">
         <v>3</v>
       </c>
       <c r="O291" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P291" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R291">
         <v>999</v>
       </c>
     </row>
     <row r="292" spans="1:18">
       <c r="A292">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="B292" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C292" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E292" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="K292" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="L292" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="M292" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="N292">
         <v>3</v>
       </c>
       <c r="O292" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P292" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R292">
         <v>999</v>
       </c>
     </row>
     <row r="293" spans="1:18">
       <c r="A293">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="B293" t="s">
-        <v>741</v>
+        <v>913</v>
       </c>
       <c r="C293" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E293" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="K293" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="L293" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="M293" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="N293">
         <v>3</v>
       </c>
       <c r="O293" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P293" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R293">
         <v>999</v>
       </c>
     </row>
     <row r="294" spans="1:18">
       <c r="A294">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="B294" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C294" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E294" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="K294" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="L294" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="M294" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="N294">
         <v>3</v>
       </c>
       <c r="O294" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P294" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R294">
         <v>999</v>
       </c>
     </row>
     <row r="295" spans="1:18">
       <c r="A295">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B295" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C295" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E295" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="K295" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="L295" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="M295" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="N295">
         <v>3</v>
       </c>
       <c r="O295" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P295" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R295">
         <v>999</v>
       </c>
     </row>
     <row r="296" spans="1:18">
       <c r="A296">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="B296" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C296" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E296" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="K296" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="L296" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="M296" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="N296">
         <v>3</v>
       </c>
       <c r="O296" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P296" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R296">
         <v>999</v>
       </c>
     </row>
     <row r="297" spans="1:18">
       <c r="A297">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="B297" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C297" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E297" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="K297" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="L297" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="M297" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="N297">
         <v>3</v>
       </c>
       <c r="O297" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P297" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R297">
         <v>999</v>
       </c>
     </row>
     <row r="298" spans="1:18">
       <c r="A298">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="B298" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C298" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E298" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="K298" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="L298" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="M298" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="N298">
         <v>3</v>
       </c>
       <c r="O298" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P298" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R298">
         <v>999</v>
       </c>
     </row>
     <row r="299" spans="1:18">
       <c r="A299">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B299" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C299" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E299" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="K299" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="L299" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="M299" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="N299">
         <v>3</v>
       </c>
       <c r="O299" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P299" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R299">
         <v>999</v>
       </c>
     </row>
     <row r="300" spans="1:18">
       <c r="A300">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="B300" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C300" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E300" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="K300" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="L300" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="M300" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="N300">
         <v>3</v>
       </c>
       <c r="O300" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P300" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R300">
         <v>999</v>
       </c>
     </row>
     <row r="301" spans="1:18">
       <c r="A301">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="B301" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C301" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E301" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="K301" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="L301" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="M301" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="N301">
         <v>3</v>
       </c>
       <c r="O301" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P301" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R301">
         <v>999</v>
       </c>
     </row>
     <row r="302" spans="1:18">
       <c r="A302">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="B302" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C302" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E302" t="s">
-        <v>1282</v>
+        <v>1284</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1285</v>
       </c>
       <c r="K302" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="L302" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="M302" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="N302">
         <v>3</v>
       </c>
       <c r="O302" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P302" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R302">
         <v>999</v>
       </c>
     </row>
     <row r="303" spans="1:18">
       <c r="A303">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="B303" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C303" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E303" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="K303" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="L303" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="M303" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="N303">
         <v>3</v>
       </c>
       <c r="O303" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P303" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R303">
         <v>999</v>
       </c>
     </row>
     <row r="304" spans="1:18">
       <c r="A304">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B304" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="C304" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E304" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="K304" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="L304" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="M304" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="N304">
         <v>3</v>
       </c>
       <c r="O304" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P304" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R304">
         <v>999</v>
       </c>
     </row>
     <row r="305" spans="1:18">
       <c r="A305">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="B305" t="s">
-        <v>1294</v>
+        <v>760</v>
       </c>
       <c r="C305" t="s">
-        <v>1295</v>
+        <v>761</v>
       </c>
       <c r="E305" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="K305" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="L305" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="M305" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="N305">
         <v>3</v>
       </c>
       <c r="O305" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P305" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R305">
         <v>999</v>
       </c>
     </row>
     <row r="306" spans="1:18">
       <c r="A306">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B306" t="s">
-        <v>1294</v>
+        <v>760</v>
       </c>
       <c r="C306" t="s">
-        <v>1295</v>
+        <v>761</v>
       </c>
       <c r="E306" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="K306" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="L306" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="M306" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="N306">
         <v>3</v>
       </c>
       <c r="O306" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P306" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R306">
         <v>999</v>
       </c>
     </row>
     <row r="307" spans="1:18">
       <c r="A307">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B307" t="s">
-        <v>1294</v>
+        <v>760</v>
       </c>
       <c r="C307" t="s">
-        <v>1295</v>
+        <v>761</v>
       </c>
       <c r="E307" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="K307" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="L307" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="M307" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="N307">
         <v>3</v>
       </c>
       <c r="O307" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P307" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R307">
         <v>999</v>
       </c>
     </row>
     <row r="308" spans="1:18">
       <c r="A308">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="B308" t="s">
-        <v>1294</v>
+        <v>760</v>
       </c>
       <c r="C308" t="s">
-        <v>1295</v>
+        <v>761</v>
       </c>
       <c r="E308" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="K308" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="L308" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="M308" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="N308">
         <v>3</v>
       </c>
       <c r="O308" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P308" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R308">
         <v>999</v>
       </c>
     </row>
     <row r="309" spans="1:18">
       <c r="A309">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="B309" t="s">
-        <v>1294</v>
+        <v>1313</v>
       </c>
       <c r="C309" t="s">
-        <v>1295</v>
+        <v>1314</v>
       </c>
       <c r="E309" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="K309" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="L309" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="M309" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="N309">
         <v>3</v>
       </c>
       <c r="O309" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P309" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R309">
         <v>999</v>
       </c>
     </row>
     <row r="310" spans="1:18">
       <c r="A310">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B310" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
       <c r="C310" t="s">
-        <v>742</v>
+        <v>1314</v>
       </c>
       <c r="E310" t="s">
-        <v>1317</v>
-[...4 lines deleted...]
-      <c r="H310" t="s">
         <v>1319</v>
       </c>
       <c r="K310" t="s">
         <v>1320</v>
       </c>
       <c r="L310" t="s">
         <v>1321</v>
       </c>
       <c r="M310" t="s">
         <v>1322</v>
       </c>
       <c r="N310">
         <v>3</v>
       </c>
       <c r="O310" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P310" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R310">
         <v>999</v>
       </c>
     </row>
     <row r="311" spans="1:18">
       <c r="A311">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B311" t="s">
-        <v>796</v>
+        <v>1313</v>
       </c>
       <c r="C311" t="s">
-        <v>742</v>
+        <v>1314</v>
       </c>
       <c r="E311" t="s">
         <v>1323</v>
       </c>
       <c r="K311" t="s">
         <v>1324</v>
       </c>
       <c r="L311" t="s">
         <v>1325</v>
       </c>
       <c r="M311" t="s">
         <v>1326</v>
       </c>
       <c r="N311">
         <v>3</v>
       </c>
       <c r="O311" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P311" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R311">
         <v>999</v>
       </c>
     </row>
     <row r="312" spans="1:18">
       <c r="A312">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="B312" t="s">
-        <v>796</v>
+        <v>1313</v>
       </c>
       <c r="C312" t="s">
-        <v>742</v>
+        <v>1314</v>
       </c>
       <c r="E312" t="s">
         <v>1327</v>
       </c>
       <c r="K312" t="s">
         <v>1328</v>
       </c>
       <c r="L312" t="s">
         <v>1329</v>
       </c>
       <c r="M312" t="s">
         <v>1330</v>
       </c>
       <c r="N312">
         <v>3</v>
       </c>
       <c r="O312" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P312" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R312">
         <v>999</v>
       </c>
     </row>
     <row r="313" spans="1:18">
       <c r="A313">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="B313" t="s">
-        <v>796</v>
+        <v>1313</v>
       </c>
       <c r="C313" t="s">
-        <v>742</v>
+        <v>1314</v>
       </c>
       <c r="E313" t="s">
         <v>1331</v>
       </c>
       <c r="K313" t="s">
         <v>1332</v>
       </c>
       <c r="L313" t="s">
         <v>1333</v>
       </c>
       <c r="M313" t="s">
         <v>1334</v>
       </c>
       <c r="N313">
         <v>3</v>
       </c>
       <c r="O313" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P313" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R313">
         <v>999</v>
       </c>
     </row>
     <row r="314" spans="1:18">
       <c r="A314">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="B314" t="s">
-        <v>796</v>
+        <v>1335</v>
       </c>
       <c r="C314" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E314" t="s">
-        <v>1335</v>
+        <v>1336</v>
+      </c>
+      <c r="G314" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1338</v>
       </c>
       <c r="K314" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="L314" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="M314" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="N314">
         <v>3</v>
       </c>
       <c r="O314" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P314" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R314">
         <v>999</v>
       </c>
     </row>
     <row r="315" spans="1:18">
       <c r="A315">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="B315" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C315" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E315" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="K315" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="L315" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="M315" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="N315">
         <v>3</v>
       </c>
       <c r="O315" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P315" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R315">
         <v>999</v>
       </c>
     </row>
     <row r="316" spans="1:18">
       <c r="A316">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="B316" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C316" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E316" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="K316" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="L316" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="M316" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="N316">
         <v>3</v>
       </c>
       <c r="O316" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P316" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R316">
         <v>999</v>
       </c>
     </row>
     <row r="317" spans="1:18">
       <c r="A317">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B317" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C317" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E317" t="s">
-        <v>1347</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="K317" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="L317" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="M317" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="N317">
         <v>3</v>
       </c>
       <c r="O317" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P317" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R317">
         <v>999</v>
       </c>
     </row>
     <row r="318" spans="1:18">
       <c r="A318">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="B318" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="C318" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="E318" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="K318" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="L318" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="M318" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="N318">
         <v>3</v>
       </c>
       <c r="O318" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P318" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R318">
         <v>999</v>
       </c>
     </row>
     <row r="319" spans="1:18">
       <c r="A319">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="B319" t="s">
-        <v>1294</v>
+        <v>815</v>
       </c>
       <c r="C319" t="s">
-        <v>1295</v>
+        <v>761</v>
       </c>
       <c r="E319" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="K319" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="L319" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="M319" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="N319">
         <v>3</v>
       </c>
       <c r="O319" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P319" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R319">
         <v>999</v>
       </c>
     </row>
     <row r="320" spans="1:18">
       <c r="A320">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="B320" t="s">
-        <v>1360</v>
+        <v>815</v>
       </c>
       <c r="C320" t="s">
-        <v>1295</v>
+        <v>761</v>
       </c>
       <c r="E320" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="K320" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="L320" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="M320" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="N320">
         <v>3</v>
       </c>
       <c r="O320" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P320" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R320">
         <v>999</v>
       </c>
     </row>
     <row r="321" spans="1:18">
       <c r="A321">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="B321" t="s">
-        <v>1294</v>
+        <v>815</v>
       </c>
       <c r="C321" t="s">
-        <v>1295</v>
+        <v>761</v>
       </c>
       <c r="E321" t="s">
-        <v>1365</v>
+        <v>1366</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1367</v>
       </c>
       <c r="K321" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="L321" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="M321" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="N321">
         <v>3</v>
       </c>
       <c r="O321" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P321" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R321">
         <v>999</v>
       </c>
     </row>
     <row r="322" spans="1:18">
       <c r="A322">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="B322" t="s">
-        <v>1369</v>
+        <v>815</v>
       </c>
       <c r="C322" t="s">
-        <v>1295</v>
+        <v>761</v>
       </c>
       <c r="E322" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="K322" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="L322" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="M322" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="N322">
         <v>3</v>
       </c>
       <c r="O322" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P322" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R322">
         <v>999</v>
       </c>
     </row>
     <row r="323" spans="1:18">
       <c r="A323">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="B323" t="s">
-        <v>1294</v>
+        <v>1313</v>
       </c>
       <c r="C323" t="s">
-        <v>1295</v>
+        <v>1314</v>
       </c>
       <c r="E323" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="K323" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="L323" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="M323" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="N323">
         <v>3</v>
       </c>
       <c r="O323" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P323" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R323">
         <v>999</v>
       </c>
     </row>
     <row r="324" spans="1:18">
       <c r="A324">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="B324" t="s">
-        <v>1294</v>
+        <v>1379</v>
       </c>
       <c r="C324" t="s">
-        <v>1295</v>
+        <v>1314</v>
       </c>
       <c r="E324" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="K324" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="L324" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="M324" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="N324">
         <v>3</v>
       </c>
       <c r="O324" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P324" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R324">
         <v>999</v>
       </c>
     </row>
     <row r="325" spans="1:18">
       <c r="A325">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="B325" t="s">
-        <v>1294</v>
+        <v>1313</v>
       </c>
       <c r="C325" t="s">
-        <v>1295</v>
+        <v>1314</v>
       </c>
       <c r="E325" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="K325" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="L325" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="M325" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="N325">
         <v>3</v>
       </c>
       <c r="O325" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P325" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R325">
         <v>999</v>
       </c>
     </row>
     <row r="326" spans="1:18">
       <c r="A326">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="B326" t="s">
-        <v>1294</v>
+        <v>1388</v>
       </c>
       <c r="C326" t="s">
-        <v>1295</v>
+        <v>1314</v>
       </c>
       <c r="E326" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="K326" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="L326" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="M326" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="N326">
         <v>3</v>
       </c>
       <c r="O326" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P326" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R326">
         <v>999</v>
       </c>
     </row>
     <row r="327" spans="1:18">
       <c r="A327">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B327" t="s">
-        <v>1294</v>
+        <v>1313</v>
       </c>
       <c r="C327" t="s">
-        <v>1295</v>
+        <v>1314</v>
       </c>
       <c r="E327" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="K327" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="L327" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="M327" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="N327">
         <v>3</v>
       </c>
       <c r="O327" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P327" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R327">
         <v>999</v>
       </c>
     </row>
     <row r="328" spans="1:18">
       <c r="A328">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="B328" t="s">
-        <v>1394</v>
+        <v>1313</v>
       </c>
       <c r="C328" t="s">
-        <v>663</v>
+        <v>1314</v>
       </c>
       <c r="E328" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="K328" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="L328" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="M328" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="N328">
         <v>3</v>
       </c>
       <c r="O328" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P328" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R328">
         <v>999</v>
       </c>
     </row>
     <row r="329" spans="1:18">
       <c r="A329">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="B329" t="s">
-        <v>1394</v>
+        <v>1313</v>
       </c>
       <c r="C329" t="s">
-        <v>663</v>
+        <v>1314</v>
       </c>
       <c r="E329" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="K329" t="s">
-        <v>607</v>
+        <v>1402</v>
       </c>
       <c r="L329" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="M329" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="N329">
         <v>3</v>
       </c>
       <c r="O329" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P329" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R329">
         <v>999</v>
       </c>
     </row>
     <row r="330" spans="1:18">
       <c r="A330">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="B330" t="s">
-        <v>1394</v>
+        <v>1313</v>
       </c>
       <c r="C330" t="s">
-        <v>663</v>
+        <v>1314</v>
       </c>
       <c r="E330" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="K330" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="L330" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="M330" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="N330">
         <v>3</v>
       </c>
       <c r="O330" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P330" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R330">
         <v>999</v>
       </c>
     </row>
     <row r="331" spans="1:18">
       <c r="A331">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="B331" t="s">
-        <v>1394</v>
+        <v>1313</v>
       </c>
       <c r="C331" t="s">
-        <v>663</v>
+        <v>1314</v>
       </c>
       <c r="E331" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="K331" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="L331" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="M331" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="N331">
         <v>3</v>
       </c>
       <c r="O331" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P331" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R331">
         <v>999</v>
       </c>
     </row>
     <row r="332" spans="1:18">
       <c r="A332">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="B332" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C332" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E332" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="K332" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="L332" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="M332" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="N332">
         <v>3</v>
       </c>
       <c r="O332" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P332" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R332">
         <v>999</v>
       </c>
     </row>
     <row r="333" spans="1:18">
       <c r="A333">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B333" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C333" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E333" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="K333" t="s">
-        <v>1415</v>
+        <v>626</v>
       </c>
       <c r="L333" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="M333" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="N333">
         <v>3</v>
       </c>
       <c r="O333" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P333" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R333">
         <v>999</v>
       </c>
     </row>
     <row r="334" spans="1:18">
       <c r="A334">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="B334" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C334" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E334" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="K334" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="L334" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="M334" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="N334">
         <v>3</v>
       </c>
       <c r="O334" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P334" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R334">
         <v>999</v>
       </c>
     </row>
     <row r="335" spans="1:18">
       <c r="A335">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="B335" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C335" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E335" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="K335" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="L335" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="M335" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="N335">
         <v>3</v>
       </c>
       <c r="O335" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P335" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R335">
         <v>999</v>
       </c>
     </row>
     <row r="336" spans="1:18">
       <c r="A336">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="B336" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C336" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E336" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="K336" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="L336" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="M336" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
       <c r="N336">
         <v>3</v>
       </c>
       <c r="O336" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P336" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R336">
         <v>999</v>
       </c>
     </row>
     <row r="337" spans="1:18">
       <c r="A337">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B337" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C337" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E337" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="K337" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="L337" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="M337" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="N337">
         <v>3</v>
       </c>
       <c r="O337" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P337" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R337">
         <v>999</v>
       </c>
     </row>
     <row r="338" spans="1:18">
       <c r="A338">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="B338" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C338" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E338" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="K338" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="L338" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="M338" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="N338">
         <v>3</v>
       </c>
       <c r="O338" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P338" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R338">
         <v>999</v>
       </c>
     </row>
     <row r="339" spans="1:18">
       <c r="A339">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="B339" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C339" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E339" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="K339" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="L339" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="M339" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="N339">
         <v>3</v>
       </c>
       <c r="O339" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P339" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R339">
         <v>999</v>
       </c>
     </row>
     <row r="340" spans="1:18">
       <c r="A340">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="B340" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C340" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E340" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="K340" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="L340" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="M340" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="N340">
         <v>3</v>
       </c>
       <c r="O340" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P340" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R340">
         <v>999</v>
       </c>
     </row>
     <row r="341" spans="1:18">
       <c r="A341">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="B341" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C341" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E341" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="K341" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="L341" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="M341" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="N341">
         <v>3</v>
       </c>
       <c r="O341" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P341" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R341">
         <v>999</v>
       </c>
     </row>
     <row r="342" spans="1:18">
       <c r="A342">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B342" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C342" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E342" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="K342" t="s">
+        <v>1454</v>
+      </c>
+      <c r="L342" t="s">
         <v>1451</v>
       </c>
-      <c r="L342" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M342" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="N342">
         <v>3</v>
       </c>
       <c r="O342" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P342" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R342">
         <v>999</v>
       </c>
     </row>
     <row r="343" spans="1:18">
       <c r="A343">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="B343" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C343" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E343" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="K343" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="L343" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="M343" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="N343">
         <v>3</v>
       </c>
       <c r="O343" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P343" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R343">
         <v>999</v>
       </c>
     </row>
     <row r="344" spans="1:18">
       <c r="A344">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="B344" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C344" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E344" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="K344" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="L344" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="M344" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="N344">
         <v>3</v>
       </c>
       <c r="O344" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P344" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R344">
         <v>999</v>
       </c>
     </row>
     <row r="345" spans="1:18">
       <c r="A345">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="B345" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C345" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E345" t="s">
-        <v>1462</v>
+        <v>1464</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1465</v>
       </c>
       <c r="K345" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="L345" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="M345" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="N345">
         <v>3</v>
       </c>
       <c r="O345" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P345" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R345">
         <v>999</v>
       </c>
     </row>
     <row r="346" spans="1:18">
       <c r="A346">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="B346" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C346" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E346" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="K346" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="L346" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="M346" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="N346">
         <v>3</v>
       </c>
       <c r="O346" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P346" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R346">
         <v>999</v>
       </c>
     </row>
     <row r="347" spans="1:18">
       <c r="A347">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B347" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C347" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E347" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="K347" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="L347" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="M347" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="N347">
         <v>3</v>
       </c>
       <c r="O347" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P347" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R347">
         <v>999</v>
       </c>
     </row>
     <row r="348" spans="1:18">
       <c r="A348">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B348" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C348" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E348" t="s">
-        <v>1474</v>
-[...2 lines deleted...]
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="K348" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="L348" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="M348" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="N348">
         <v>3</v>
       </c>
       <c r="O348" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P348" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R348">
         <v>999</v>
       </c>
     </row>
     <row r="349" spans="1:18">
       <c r="A349">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="B349" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C349" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E349" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="K349" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="L349" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="M349" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="N349">
         <v>3</v>
       </c>
       <c r="O349" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P349" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R349">
         <v>999</v>
       </c>
     </row>
     <row r="350" spans="1:18">
       <c r="A350">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="B350" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C350" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E350" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="K350" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="L350" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="M350" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="N350">
         <v>3</v>
       </c>
       <c r="O350" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P350" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R350">
         <v>999</v>
       </c>
     </row>
     <row r="351" spans="1:18">
       <c r="A351">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B351" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C351" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E351" t="s">
-        <v>1487</v>
-[...2 lines deleted...]
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="K351" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="L351" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="M351" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="N351">
         <v>3</v>
       </c>
       <c r="O351" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P351" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R351">
         <v>999</v>
       </c>
     </row>
     <row r="352" spans="1:18">
       <c r="A352">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="B352" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C352" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E352" t="s">
-        <v>1492</v>
+        <v>1493</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1494</v>
       </c>
       <c r="K352" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="L352" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="M352" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N352">
         <v>3</v>
       </c>
       <c r="O352" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P352" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R352">
         <v>999</v>
       </c>
     </row>
     <row r="353" spans="1:18">
       <c r="A353">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="B353" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C353" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E353" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="K353" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="L353" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="M353" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="N353">
         <v>3</v>
       </c>
       <c r="O353" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P353" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R353">
         <v>999</v>
       </c>
     </row>
     <row r="354" spans="1:18">
       <c r="A354">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="B354" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C354" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E354" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="K354" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="L354" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="M354" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="N354">
         <v>3</v>
       </c>
       <c r="O354" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P354" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R354">
         <v>999</v>
       </c>
     </row>
     <row r="355" spans="1:18">
       <c r="A355">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="B355" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C355" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E355" t="s">
-        <v>1504</v>
+        <v>1506</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1507</v>
       </c>
       <c r="K355" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="L355" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="M355" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="N355">
         <v>3</v>
       </c>
       <c r="O355" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P355" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R355">
         <v>999</v>
       </c>
     </row>
     <row r="356" spans="1:18">
       <c r="A356">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B356" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C356" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E356" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="K356" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="L356" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="M356" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="N356">
         <v>3</v>
       </c>
       <c r="O356" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P356" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R356">
         <v>999</v>
       </c>
     </row>
     <row r="357" spans="1:18">
       <c r="A357">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="B357" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C357" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E357" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="K357" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="L357" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="M357" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="N357">
         <v>3</v>
       </c>
       <c r="O357" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P357" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R357">
         <v>999</v>
       </c>
     </row>
     <row r="358" spans="1:18">
       <c r="A358">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="B358" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C358" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E358" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="K358" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="L358" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="M358" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="N358">
         <v>3</v>
       </c>
       <c r="O358" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P358" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R358">
         <v>999</v>
       </c>
     </row>
     <row r="359" spans="1:18">
       <c r="A359">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="B359" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C359" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E359" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="K359" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="L359" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="M359" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="N359">
         <v>3</v>
       </c>
       <c r="O359" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P359" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R359">
         <v>999</v>
       </c>
     </row>
     <row r="360" spans="1:18">
       <c r="A360">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="B360" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C360" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E360" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="K360" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="L360" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="M360" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="N360">
         <v>3</v>
       </c>
       <c r="O360" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P360" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R360">
         <v>999</v>
       </c>
     </row>
     <row r="361" spans="1:18">
       <c r="A361">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B361" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C361" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E361" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="K361" t="s">
-        <v>38</v>
+        <v>1532</v>
       </c>
       <c r="L361" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="M361" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="N361">
         <v>3</v>
       </c>
       <c r="O361" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P361" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R361">
         <v>999</v>
       </c>
     </row>
     <row r="362" spans="1:18">
       <c r="A362">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B362" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C362" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E362" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="K362" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="L362" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="M362" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="N362">
         <v>3</v>
       </c>
       <c r="O362" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P362" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R362">
         <v>999</v>
       </c>
     </row>
     <row r="363" spans="1:18">
       <c r="A363">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B363" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C363" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E363" t="s">
-        <v>1535</v>
-[...2 lines deleted...]
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="K363" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="L363" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="M363" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="N363">
         <v>3</v>
       </c>
       <c r="O363" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P363" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R363">
         <v>999</v>
       </c>
     </row>
     <row r="364" spans="1:18">
       <c r="A364">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="B364" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C364" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E364" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="K364" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="L364" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="M364" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="N364">
         <v>3</v>
       </c>
       <c r="O364" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P364" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R364">
         <v>999</v>
       </c>
     </row>
     <row r="365" spans="1:18">
       <c r="A365">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B365" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C365" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E365" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="K365" t="s">
-        <v>607</v>
+        <v>59</v>
       </c>
       <c r="L365" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="M365" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="N365">
         <v>3</v>
       </c>
       <c r="O365" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P365" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R365">
         <v>999</v>
       </c>
     </row>
     <row r="366" spans="1:18">
       <c r="A366">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="B366" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C366" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E366" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="K366" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="L366" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="M366" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="N366">
         <v>3</v>
       </c>
       <c r="O366" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P366" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R366">
         <v>999</v>
       </c>
     </row>
     <row r="367" spans="1:18">
       <c r="A367">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B367" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C367" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E367" t="s">
-        <v>1551</v>
+        <v>1554</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1555</v>
       </c>
       <c r="K367" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="L367" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="M367" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="N367">
         <v>3</v>
       </c>
       <c r="O367" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P367" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R367">
         <v>999</v>
       </c>
     </row>
     <row r="368" spans="1:18">
       <c r="A368">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B368" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C368" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E368" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="K368" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="L368" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="M368" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="N368">
         <v>3</v>
       </c>
       <c r="O368" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P368" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R368">
         <v>999</v>
       </c>
     </row>
     <row r="369" spans="1:18">
       <c r="A369">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B369" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C369" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E369" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="K369" t="s">
-        <v>1560</v>
+        <v>626</v>
       </c>
       <c r="L369" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="M369" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="N369">
         <v>3</v>
       </c>
       <c r="O369" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P369" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R369">
         <v>999</v>
       </c>
     </row>
     <row r="370" spans="1:18">
       <c r="A370">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="B370" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C370" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E370" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="K370" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="L370" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="M370" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="N370">
         <v>3</v>
       </c>
       <c r="O370" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P370" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R370">
         <v>999</v>
       </c>
     </row>
     <row r="371" spans="1:18">
       <c r="A371">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B371" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C371" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E371" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="K371" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="L371" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="M371" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="N371">
         <v>3</v>
       </c>
       <c r="O371" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P371" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R371">
         <v>999</v>
       </c>
     </row>
     <row r="372" spans="1:18">
       <c r="A372">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="B372" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C372" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E372" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="K372" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="L372" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="M372" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="N372">
         <v>3</v>
       </c>
       <c r="O372" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P372" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R372">
         <v>999</v>
       </c>
     </row>
     <row r="373" spans="1:18">
       <c r="A373">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B373" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C373" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E373" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="K373" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="L373" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="M373" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="N373">
         <v>3</v>
       </c>
       <c r="O373" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P373" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R373">
         <v>999</v>
       </c>
     </row>
     <row r="374" spans="1:18">
       <c r="A374">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="B374" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C374" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E374" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="K374" t="s">
-        <v>241</v>
+        <v>1583</v>
       </c>
       <c r="L374" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="M374" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="N374">
         <v>3</v>
       </c>
       <c r="O374" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P374" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R374">
         <v>999</v>
       </c>
     </row>
     <row r="375" spans="1:18">
       <c r="A375">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B375" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C375" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E375" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="K375" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="L375" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="M375" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="N375">
         <v>3</v>
       </c>
       <c r="O375" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P375" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R375">
         <v>999</v>
       </c>
     </row>
     <row r="376" spans="1:18">
       <c r="A376">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="B376" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C376" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E376" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="K376" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="L376" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
       <c r="M376" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="N376">
         <v>3</v>
       </c>
       <c r="O376" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P376" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R376">
         <v>999</v>
       </c>
     </row>
     <row r="377" spans="1:18">
       <c r="A377">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B377" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C377" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E377" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="K377" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
       <c r="L377" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="M377" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="N377">
         <v>3</v>
       </c>
       <c r="O377" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P377" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R377">
         <v>999</v>
       </c>
     </row>
     <row r="378" spans="1:18">
       <c r="A378">
-        <v>609</v>
+        <v>613</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1413</v>
       </c>
       <c r="C378" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E378" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="K378" t="s">
-        <v>1595</v>
+        <v>261</v>
       </c>
       <c r="L378" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="M378" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="N378">
         <v>3</v>
       </c>
       <c r="O378" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P378" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R378">
         <v>999</v>
       </c>
     </row>
     <row r="379" spans="1:18">
       <c r="A379">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="B379" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C379" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E379" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="K379" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="L379" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="M379" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="N379">
         <v>3</v>
       </c>
       <c r="O379" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P379" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R379">
         <v>999</v>
       </c>
     </row>
     <row r="380" spans="1:18">
       <c r="A380">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B380" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C380" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E380" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="K380" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="L380" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="M380" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="N380">
         <v>3</v>
       </c>
       <c r="O380" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P380" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R380">
         <v>999</v>
       </c>
     </row>
     <row r="381" spans="1:18">
       <c r="A381">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B381" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C381" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E381" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="K381" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="L381" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="M381" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="N381">
         <v>3</v>
       </c>
       <c r="O381" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P381" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R381">
         <v>999</v>
       </c>
     </row>
     <row r="382" spans="1:18">
       <c r="A382">
-        <v>604</v>
-[...2 lines deleted...]
-        <v>1394</v>
+        <v>609</v>
       </c>
       <c r="C382" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E382" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="K382" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="L382" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="M382" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="N382">
         <v>3</v>
       </c>
       <c r="O382" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P382" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R382">
         <v>999</v>
       </c>
     </row>
     <row r="383" spans="1:18">
       <c r="A383">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B383" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C383" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E383" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="K383" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="L383" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="M383" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="N383">
         <v>3</v>
       </c>
       <c r="O383" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P383" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R383">
         <v>999</v>
       </c>
     </row>
     <row r="384" spans="1:18">
       <c r="A384">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B384" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C384" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E384" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="K384" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="L384" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="M384" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="N384">
         <v>3</v>
       </c>
       <c r="O384" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P384" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R384">
         <v>999</v>
       </c>
     </row>
     <row r="385" spans="1:18">
       <c r="A385">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="B385" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C385" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E385" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="K385" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="L385" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="M385" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="N385">
         <v>3</v>
       </c>
       <c r="O385" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P385" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R385">
         <v>999</v>
       </c>
     </row>
     <row r="386" spans="1:18">
       <c r="A386">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="B386" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C386" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E386" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="K386" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="L386" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="M386" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="N386">
         <v>3</v>
       </c>
       <c r="O386" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P386" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R386">
         <v>999</v>
       </c>
     </row>
     <row r="387" spans="1:18">
       <c r="A387">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B387" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C387" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E387" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="K387" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="L387" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="M387" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="N387">
         <v>3</v>
       </c>
       <c r="O387" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P387" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R387">
         <v>999</v>
       </c>
     </row>
     <row r="388" spans="1:18">
       <c r="A388">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="B388" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C388" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E388" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
       <c r="K388" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="L388" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="M388" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="N388">
         <v>3</v>
       </c>
       <c r="O388" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P388" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R388">
         <v>999</v>
       </c>
     </row>
     <row r="389" spans="1:18">
       <c r="A389">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="B389" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C389" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E389" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="K389" t="s">
-        <v>607</v>
+        <v>1642</v>
       </c>
       <c r="L389" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="M389" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="N389">
         <v>3</v>
       </c>
       <c r="O389" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P389" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R389">
         <v>999</v>
       </c>
     </row>
     <row r="390" spans="1:18">
       <c r="A390">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="B390" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C390" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E390" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="K390" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="L390" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="M390" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="N390">
         <v>3</v>
       </c>
       <c r="O390" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P390" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R390">
         <v>999</v>
       </c>
     </row>
     <row r="391" spans="1:18">
       <c r="A391">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="B391" t="s">
-        <v>1645</v>
+        <v>1413</v>
       </c>
       <c r="C391" t="s">
-        <v>1646</v>
+        <v>682</v>
       </c>
       <c r="E391" t="s">
-        <v>1647</v>
-[...2 lines deleted...]
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="K391" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="L391" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="M391" t="s">
-        <v>1651</v>
+        <v>1652</v>
+      </c>
+      <c r="N391">
+        <v>3</v>
+      </c>
+      <c r="O391" t="s">
+        <v>32</v>
       </c>
       <c r="P391" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R391">
         <v>999</v>
       </c>
     </row>
     <row r="392" spans="1:18">
       <c r="A392">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="B392" t="s">
-        <v>1652</v>
+        <v>1413</v>
       </c>
       <c r="C392" t="s">
-        <v>1646</v>
+        <v>682</v>
       </c>
       <c r="E392" t="s">
         <v>1653</v>
       </c>
       <c r="K392" t="s">
         <v>1654</v>
       </c>
       <c r="L392" t="s">
         <v>1655</v>
       </c>
       <c r="M392" t="s">
         <v>1656</v>
       </c>
+      <c r="N392">
+        <v>3</v>
+      </c>
+      <c r="O392" t="s">
+        <v>32</v>
+      </c>
       <c r="P392" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R392">
         <v>999</v>
       </c>
     </row>
     <row r="393" spans="1:18">
       <c r="A393">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="B393" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C393" t="s">
+        <v>682</v>
+      </c>
+      <c r="E393" t="s">
         <v>1657</v>
       </c>
-      <c r="C393" t="s">
-[...2 lines deleted...]
-      <c r="E393" t="s">
+      <c r="K393" t="s">
+        <v>626</v>
+      </c>
+      <c r="L393" t="s">
         <v>1658</v>
       </c>
-      <c r="K393" t="s">
+      <c r="M393" t="s">
         <v>1659</v>
       </c>
-      <c r="L393" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N393">
         <v>3</v>
       </c>
       <c r="O393" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P393" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R393">
         <v>999</v>
       </c>
     </row>
     <row r="394" spans="1:18">
       <c r="A394">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="B394" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C394" t="s">
+        <v>682</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1660</v>
+      </c>
+      <c r="K394" t="s">
+        <v>1661</v>
+      </c>
+      <c r="L394" t="s">
         <v>1662</v>
       </c>
-      <c r="C394" t="s">
+      <c r="M394" t="s">
         <v>1663</v>
       </c>
-      <c r="E394" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N394">
         <v>3</v>
       </c>
       <c r="O394" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P394" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R394">
         <v>999</v>
       </c>
     </row>
     <row r="395" spans="1:18">
       <c r="A395">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="B395" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C395" t="s">
+        <v>41</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1665</v>
+      </c>
+      <c r="G395" t="s">
+        <v>1666</v>
+      </c>
+      <c r="K395" t="s">
         <v>1667</v>
       </c>
-      <c r="C395" t="s">
-[...2 lines deleted...]
-      <c r="E395" t="s">
+      <c r="L395" t="s">
         <v>1668</v>
       </c>
-      <c r="G395" t="s">
+      <c r="M395" t="s">
         <v>1669</v>
       </c>
-      <c r="K395" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P395" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R395">
         <v>999</v>
       </c>
     </row>
     <row r="396" spans="1:18">
       <c r="A396">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="B396" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C396" t="s">
+        <v>41</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1671</v>
+      </c>
+      <c r="K396" t="s">
+        <v>1672</v>
+      </c>
+      <c r="L396" t="s">
         <v>1673</v>
       </c>
-      <c r="C396" t="s">
-[...2 lines deleted...]
-      <c r="E396" t="s">
+      <c r="M396" t="s">
         <v>1674</v>
       </c>
-      <c r="K396" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P396" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R396">
         <v>999</v>
       </c>
     </row>
     <row r="397" spans="1:18">
       <c r="A397">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="B397" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C397" t="s">
+        <v>536</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1676</v>
+      </c>
+      <c r="K397" t="s">
+        <v>1677</v>
+      </c>
+      <c r="L397" t="s">
         <v>1678</v>
       </c>
-      <c r="C397" t="s">
-[...2 lines deleted...]
-      <c r="E397" t="s">
+      <c r="M397" t="s">
         <v>1679</v>
       </c>
-      <c r="K397" t="s">
-[...6 lines deleted...]
-        <v>1681</v>
+      <c r="N397">
+        <v>3</v>
+      </c>
+      <c r="O397" t="s">
+        <v>32</v>
       </c>
       <c r="P397" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R397">
         <v>999</v>
       </c>
     </row>
     <row r="398" spans="1:18">
       <c r="A398">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="B398" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E398" t="s">
         <v>1682</v>
       </c>
-      <c r="C398" t="s">
-[...2 lines deleted...]
-      <c r="E398" t="s">
+      <c r="K398" t="s">
         <v>1683</v>
       </c>
-      <c r="K398" t="s">
+      <c r="L398" t="s">
+        <v>375</v>
+      </c>
+      <c r="M398" t="s">
         <v>1684</v>
       </c>
-      <c r="L398" t="s">
-[...3 lines deleted...]
-        <v>1686</v>
+      <c r="N398">
+        <v>3</v>
+      </c>
+      <c r="O398" t="s">
+        <v>32</v>
       </c>
       <c r="P398" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R398">
         <v>999</v>
       </c>
     </row>
     <row r="399" spans="1:18">
       <c r="A399">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="B399" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C399" t="s">
+        <v>41</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1686</v>
+      </c>
+      <c r="G399" t="s">
         <v>1687</v>
       </c>
-      <c r="C399" t="s">
+      <c r="K399" t="s">
         <v>1688</v>
       </c>
-      <c r="E399" t="s">
+      <c r="L399" t="s">
         <v>1689</v>
       </c>
-      <c r="K399" t="s">
+      <c r="M399" t="s">
         <v>1690</v>
       </c>
-      <c r="L399" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P399" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R399">
         <v>999</v>
       </c>
     </row>
     <row r="400" spans="1:18">
       <c r="A400">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B400" t="s">
-        <v>1394</v>
+        <v>1691</v>
       </c>
       <c r="C400" t="s">
-        <v>663</v>
+        <v>536</v>
       </c>
       <c r="E400" t="s">
+        <v>1692</v>
+      </c>
+      <c r="K400" t="s">
         <v>1693</v>
       </c>
-      <c r="K400" t="s">
+      <c r="L400" t="s">
         <v>1694</v>
       </c>
-      <c r="L400" t="s">
+      <c r="M400" t="s">
         <v>1695</v>
       </c>
-      <c r="M400" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N400">
         <v>3</v>
       </c>
       <c r="O400" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P400" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R400">
         <v>999</v>
       </c>
     </row>
     <row r="401" spans="1:18">
       <c r="A401">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="B401" t="s">
-        <v>1394</v>
+        <v>1696</v>
       </c>
       <c r="C401" t="s">
-        <v>663</v>
+        <v>530</v>
       </c>
       <c r="E401" t="s">
         <v>1697</v>
       </c>
       <c r="K401" t="s">
+        <v>1070</v>
+      </c>
+      <c r="L401" t="s">
         <v>1698</v>
       </c>
-      <c r="L401" t="s">
+      <c r="M401" t="s">
         <v>1699</v>
       </c>
-      <c r="M401" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P401" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R401">
         <v>999</v>
       </c>
     </row>
     <row r="402" spans="1:18">
       <c r="A402">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="B402" t="s">
-        <v>1394</v>
+        <v>1700</v>
       </c>
       <c r="C402" t="s">
-        <v>663</v>
+        <v>530</v>
       </c>
       <c r="E402" t="s">
         <v>1701</v>
       </c>
       <c r="K402" t="s">
-        <v>1371</v>
+        <v>1702</v>
       </c>
       <c r="L402" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="M402" t="s">
-        <v>1703</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>1704</v>
       </c>
       <c r="P402" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R402">
         <v>999</v>
       </c>
     </row>
     <row r="403" spans="1:18">
       <c r="A403">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B403" t="s">
-        <v>1394</v>
+        <v>1705</v>
       </c>
       <c r="C403" t="s">
-        <v>663</v>
+        <v>1706</v>
       </c>
       <c r="E403" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="K403" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="L403" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="M403" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="N403">
         <v>3</v>
       </c>
       <c r="O403" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P403" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R403">
         <v>999</v>
       </c>
     </row>
     <row r="404" spans="1:18">
       <c r="A404">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="B404" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C404" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E404" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="K404" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="L404" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="M404" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="N404">
         <v>3</v>
       </c>
       <c r="O404" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P404" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R404">
         <v>999</v>
       </c>
     </row>
     <row r="405" spans="1:18">
       <c r="A405">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="B405" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C405" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E405" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
       <c r="K405" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="L405" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="M405" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="N405">
         <v>3</v>
       </c>
       <c r="O405" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P405" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R405">
         <v>999</v>
       </c>
     </row>
     <row r="406" spans="1:18">
       <c r="A406">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="B406" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C406" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E406" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="K406" t="s">
-        <v>1717</v>
+        <v>1390</v>
       </c>
       <c r="L406" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="M406" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="N406">
         <v>3</v>
       </c>
       <c r="O406" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P406" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R406">
         <v>999</v>
       </c>
     </row>
     <row r="407" spans="1:18">
       <c r="A407">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="B407" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C407" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E407" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="K407" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="L407" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="M407" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="N407">
         <v>3</v>
       </c>
       <c r="O407" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P407" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R407">
         <v>999</v>
       </c>
     </row>
     <row r="408" spans="1:18">
       <c r="A408">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="B408" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C408" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E408" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="K408" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="L408" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="M408" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="N408">
         <v>3</v>
       </c>
       <c r="O408" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P408" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R408">
         <v>999</v>
       </c>
     </row>
     <row r="409" spans="1:18">
       <c r="A409">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B409" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C409" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E409" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="K409" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="L409" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="M409" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="N409">
         <v>3</v>
       </c>
       <c r="O409" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P409" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R409">
         <v>999</v>
       </c>
     </row>
     <row r="410" spans="1:18">
       <c r="A410">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="B410" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C410" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E410" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="K410" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="L410" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="M410" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="N410">
         <v>3</v>
       </c>
       <c r="O410" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P410" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R410">
         <v>999</v>
       </c>
     </row>
     <row r="411" spans="1:18">
       <c r="A411">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="B411" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C411" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E411" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="K411" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="L411" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="M411" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="N411">
         <v>3</v>
       </c>
       <c r="O411" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P411" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R411">
         <v>999</v>
       </c>
     </row>
     <row r="412" spans="1:18">
       <c r="A412">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="B412" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C412" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E412" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="K412" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="L412" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="M412" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="N412">
         <v>3</v>
       </c>
       <c r="O412" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P412" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R412">
         <v>999</v>
       </c>
     </row>
     <row r="413" spans="1:18">
       <c r="A413">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B413" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C413" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E413" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="K413" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="L413" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="M413" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="N413">
         <v>3</v>
       </c>
       <c r="O413" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P413" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R413">
         <v>999</v>
       </c>
     </row>
     <row r="414" spans="1:18">
       <c r="A414">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="B414" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C414" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E414" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="K414" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="L414" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="M414" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="N414">
         <v>3</v>
       </c>
       <c r="O414" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P414" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R414">
         <v>999</v>
       </c>
     </row>
     <row r="415" spans="1:18">
       <c r="A415">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="B415" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C415" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E415" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="K415" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="L415" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="M415" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="N415">
         <v>3</v>
       </c>
       <c r="O415" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P415" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R415">
         <v>999</v>
       </c>
     </row>
     <row r="416" spans="1:18">
       <c r="A416">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="B416" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C416" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E416" t="s">
-        <v>1757</v>
+        <v>1758</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1759</v>
       </c>
       <c r="K416" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="L416" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="M416" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="N416">
         <v>3</v>
       </c>
       <c r="O416" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P416" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R416">
         <v>999</v>
       </c>
     </row>
     <row r="417" spans="1:18">
       <c r="A417">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="B417" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C417" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E417" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="K417" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="L417" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="M417" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="N417">
         <v>3</v>
       </c>
       <c r="O417" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P417" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R417">
         <v>999</v>
       </c>
     </row>
     <row r="418" spans="1:18">
       <c r="A418">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="B418" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C418" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E418" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="K418" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="L418" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="M418" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="N418">
         <v>3</v>
       </c>
       <c r="O418" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P418" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R418">
         <v>999</v>
       </c>
     </row>
     <row r="419" spans="1:18">
       <c r="A419">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="B419" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C419" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E419" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="K419" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="L419" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="M419" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="N419">
         <v>3</v>
       </c>
       <c r="O419" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P419" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R419">
         <v>999</v>
       </c>
     </row>
     <row r="420" spans="1:18">
       <c r="A420">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="B420" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C420" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E420" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="K420" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="L420" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="M420" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="N420">
         <v>3</v>
       </c>
       <c r="O420" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P420" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R420">
         <v>999</v>
       </c>
     </row>
     <row r="421" spans="1:18">
       <c r="A421">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="B421" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C421" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E421" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="K421" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="L421" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="M421" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="N421">
         <v>3</v>
       </c>
       <c r="O421" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P421" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R421">
         <v>999</v>
       </c>
     </row>
     <row r="422" spans="1:18">
       <c r="A422">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="B422" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C422" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E422" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="K422" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="L422" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="M422" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="N422">
         <v>3</v>
       </c>
       <c r="O422" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P422" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R422">
         <v>999</v>
       </c>
     </row>
     <row r="423" spans="1:18">
       <c r="A423">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="B423" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C423" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E423" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="K423" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="L423" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="M423" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="N423">
         <v>3</v>
       </c>
       <c r="O423" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P423" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R423">
         <v>999</v>
       </c>
     </row>
     <row r="424" spans="1:18">
       <c r="A424">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="B424" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C424" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E424" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="K424" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="L424" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="M424" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="N424">
         <v>3</v>
       </c>
       <c r="O424" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P424" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R424">
         <v>999</v>
       </c>
     </row>
     <row r="425" spans="1:18">
       <c r="A425">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="B425" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C425" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E425" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="K425" t="s">
-        <v>290</v>
+        <v>1796</v>
       </c>
       <c r="L425" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="M425" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="N425">
         <v>3</v>
       </c>
       <c r="O425" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P425" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R425">
         <v>999</v>
       </c>
     </row>
     <row r="426" spans="1:18">
       <c r="A426">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="B426" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C426" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E426" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="K426" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="L426" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="M426" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="N426">
         <v>3</v>
       </c>
       <c r="O426" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P426" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R426">
         <v>999</v>
       </c>
     </row>
     <row r="427" spans="1:18">
       <c r="A427">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="B427" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C427" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E427" t="s">
-        <v>1800</v>
-[...2 lines deleted...]
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="K427" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="L427" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="M427" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="N427">
         <v>3</v>
       </c>
       <c r="O427" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P427" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R427">
         <v>999</v>
       </c>
     </row>
     <row r="428" spans="1:18">
       <c r="A428">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="B428" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C428" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E428" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="K428" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="L428" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="M428" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="N428">
         <v>3</v>
       </c>
       <c r="O428" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P428" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R428">
         <v>999</v>
       </c>
     </row>
     <row r="429" spans="1:18">
       <c r="A429">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="B429" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C429" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E429" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="K429" t="s">
-        <v>1810</v>
+        <v>310</v>
       </c>
       <c r="L429" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="M429" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="N429">
         <v>3</v>
       </c>
       <c r="O429" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P429" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R429">
         <v>999</v>
       </c>
     </row>
     <row r="430" spans="1:18">
       <c r="A430">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="B430" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C430" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E430" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="K430" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="L430" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="M430" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="N430">
         <v>3</v>
       </c>
       <c r="O430" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P430" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R430">
         <v>999</v>
       </c>
     </row>
     <row r="431" spans="1:18">
       <c r="A431">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B431" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C431" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E431" t="s">
-        <v>1817</v>
+        <v>1818</v>
+      </c>
+      <c r="G431" t="s">
+        <v>1819</v>
       </c>
       <c r="K431" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="L431" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="M431" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="N431">
         <v>3</v>
       </c>
       <c r="O431" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P431" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R431">
         <v>999</v>
       </c>
     </row>
     <row r="432" spans="1:18">
       <c r="A432">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B432" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C432" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E432" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="K432" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="L432" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="M432" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="N432">
         <v>3</v>
       </c>
       <c r="O432" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P432" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R432">
         <v>999</v>
       </c>
     </row>
     <row r="433" spans="1:18">
       <c r="A433">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="B433" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C433" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E433" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="K433" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="L433" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="M433" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="N433">
         <v>3</v>
       </c>
       <c r="O433" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P433" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R433">
         <v>999</v>
       </c>
     </row>
     <row r="434" spans="1:18">
       <c r="A434">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B434" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C434" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E434" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="K434" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="L434" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="M434" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="N434">
         <v>3</v>
       </c>
       <c r="O434" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P434" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R434">
         <v>999</v>
       </c>
     </row>
     <row r="435" spans="1:18">
       <c r="A435">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B435" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C435" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E435" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="K435" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="L435" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="M435" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="N435">
         <v>3</v>
       </c>
       <c r="O435" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P435" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R435">
         <v>999</v>
       </c>
     </row>
     <row r="436" spans="1:18">
       <c r="A436">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="B436" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C436" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E436" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="K436" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="L436" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="M436" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="N436">
         <v>3</v>
       </c>
       <c r="O436" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P436" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R436">
         <v>999</v>
       </c>
     </row>
     <row r="437" spans="1:18">
       <c r="A437">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B437" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C437" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E437" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="K437" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="L437" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="M437" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="N437">
         <v>3</v>
       </c>
       <c r="O437" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P437" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R437">
         <v>999</v>
       </c>
     </row>
     <row r="438" spans="1:18">
       <c r="A438">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="B438" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C438" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E438" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="K438" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="L438" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="M438" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="N438">
         <v>3</v>
       </c>
       <c r="O438" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P438" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R438">
         <v>999</v>
       </c>
     </row>
     <row r="439" spans="1:18">
       <c r="A439">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B439" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C439" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E439" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="K439" t="s">
-        <v>1713</v>
+        <v>1852</v>
       </c>
       <c r="L439" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="M439" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="N439">
         <v>3</v>
       </c>
       <c r="O439" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P439" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R439">
         <v>999</v>
       </c>
     </row>
     <row r="440" spans="1:18">
       <c r="A440">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B440" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C440" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E440" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="K440" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="L440" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="M440" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="N440">
         <v>3</v>
       </c>
       <c r="O440" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P440" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R440">
         <v>999</v>
       </c>
     </row>
     <row r="441" spans="1:18">
       <c r="A441">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B441" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C441" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E441" t="s">
-        <v>1856</v>
-[...2 lines deleted...]
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="K441" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="L441" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="M441" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="N441">
         <v>3</v>
       </c>
       <c r="O441" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P441" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R441">
         <v>999</v>
       </c>
     </row>
     <row r="442" spans="1:18">
       <c r="A442">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B442" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C442" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E442" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="K442" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="L442" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="M442" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="N442">
         <v>3</v>
       </c>
       <c r="O442" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P442" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R442">
         <v>999</v>
       </c>
     </row>
     <row r="443" spans="1:18">
       <c r="A443">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="B443" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C443" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E443" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="K443" t="s">
-        <v>1866</v>
+        <v>1731</v>
       </c>
       <c r="L443" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="M443" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="N443">
         <v>3</v>
       </c>
       <c r="O443" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P443" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R443">
         <v>999</v>
       </c>
     </row>
     <row r="444" spans="1:18">
       <c r="A444">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="B444" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C444" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E444" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="K444" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="L444" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="M444" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="N444">
         <v>3</v>
       </c>
       <c r="O444" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P444" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R444">
         <v>999</v>
       </c>
     </row>
     <row r="445" spans="1:18">
       <c r="A445">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B445" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C445" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E445" t="s">
-        <v>1873</v>
+        <v>1874</v>
+      </c>
+      <c r="G445" t="s">
+        <v>1875</v>
       </c>
       <c r="K445" t="s">
-        <v>1762</v>
+        <v>1876</v>
       </c>
       <c r="L445" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="M445" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
       <c r="N445">
         <v>3</v>
       </c>
       <c r="O445" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P445" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R445">
         <v>999</v>
       </c>
     </row>
     <row r="446" spans="1:18">
       <c r="A446">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B446" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C446" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E446" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="K446" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="L446" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="M446" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="N446">
         <v>3</v>
       </c>
       <c r="O446" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P446" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R446">
         <v>999</v>
       </c>
     </row>
     <row r="447" spans="1:18">
       <c r="A447">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B447" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C447" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E447" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="K447" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="L447" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="M447" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="N447">
         <v>3</v>
       </c>
       <c r="O447" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P447" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R447">
         <v>999</v>
       </c>
     </row>
     <row r="448" spans="1:18">
       <c r="A448">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="B448" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C448" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E448" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="K448" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="L448" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="M448" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="N448">
         <v>3</v>
       </c>
       <c r="O448" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P448" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R448">
         <v>999</v>
       </c>
     </row>
     <row r="449" spans="1:18">
       <c r="A449">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="B449" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C449" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E449" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="K449" t="s">
-        <v>607</v>
+        <v>1780</v>
       </c>
       <c r="L449" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="M449" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="N449">
         <v>3</v>
       </c>
       <c r="O449" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P449" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R449">
         <v>999</v>
       </c>
     </row>
     <row r="450" spans="1:18">
       <c r="A450">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B450" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C450" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E450" t="s">
-        <v>1891</v>
-[...2 lines deleted...]
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="K450" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="L450" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="M450" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="N450">
         <v>3</v>
       </c>
       <c r="O450" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P450" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R450">
         <v>999</v>
       </c>
     </row>
     <row r="451" spans="1:18">
       <c r="A451">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="B451" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C451" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E451" t="s">
-        <v>1896</v>
-[...2 lines deleted...]
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="K451" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="L451" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="M451" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="N451">
         <v>3</v>
       </c>
       <c r="O451" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P451" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R451">
         <v>999</v>
       </c>
     </row>
     <row r="452" spans="1:18">
       <c r="A452">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="B452" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C452" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E452" t="s">
-        <v>1901</v>
-[...1 lines deleted...]
-      <c r="H452" t="s">
         <v>1902</v>
       </c>
       <c r="K452" t="s">
         <v>1903</v>
       </c>
       <c r="L452" t="s">
         <v>1904</v>
       </c>
       <c r="M452" t="s">
         <v>1905</v>
       </c>
       <c r="N452">
         <v>3</v>
       </c>
       <c r="O452" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P452" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R452">
         <v>999</v>
       </c>
     </row>
     <row r="453" spans="1:18">
       <c r="A453">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="B453" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C453" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E453" t="s">
         <v>1906</v>
       </c>
       <c r="K453" t="s">
+        <v>626</v>
+      </c>
+      <c r="L453" t="s">
         <v>1907</v>
       </c>
-      <c r="L453" t="s">
+      <c r="M453" t="s">
         <v>1908</v>
       </c>
-      <c r="M453" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N453">
         <v>3</v>
       </c>
       <c r="O453" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P453" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R453">
         <v>999</v>
       </c>
     </row>
     <row r="454" spans="1:18">
       <c r="A454">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B454" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C454" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E454" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H454" t="s">
         <v>1910</v>
       </c>
       <c r="K454" t="s">
-        <v>422</v>
+        <v>1911</v>
       </c>
       <c r="L454" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="M454" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="N454">
         <v>3</v>
       </c>
       <c r="O454" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P454" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R454">
         <v>999</v>
       </c>
     </row>
     <row r="455" spans="1:18">
       <c r="A455">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="B455" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C455" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E455" t="s">
-        <v>1913</v>
+        <v>1914</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1915</v>
       </c>
       <c r="K455" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="L455" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="M455" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="N455">
         <v>3</v>
       </c>
       <c r="O455" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P455" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R455">
         <v>999</v>
       </c>
     </row>
     <row r="456" spans="1:18">
       <c r="A456">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="B456" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C456" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E456" t="s">
-        <v>1917</v>
+        <v>1919</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1920</v>
       </c>
       <c r="K456" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="L456" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="M456" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="N456">
         <v>3</v>
       </c>
       <c r="O456" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P456" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R456">
         <v>999</v>
       </c>
     </row>
     <row r="457" spans="1:18">
       <c r="A457">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B457" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C457" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E457" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="K457" t="s">
-        <v>1922</v>
+        <v>1925</v>
       </c>
       <c r="L457" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="M457" t="s">
-        <v>1924</v>
+        <v>1927</v>
       </c>
       <c r="N457">
         <v>3</v>
       </c>
       <c r="O457" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P457" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R457">
         <v>999</v>
       </c>
     </row>
     <row r="458" spans="1:18">
       <c r="A458">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="B458" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C458" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E458" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="K458" t="s">
-        <v>1926</v>
+        <v>442</v>
       </c>
       <c r="L458" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="M458" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="N458">
         <v>3</v>
       </c>
       <c r="O458" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P458" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R458">
         <v>999</v>
       </c>
     </row>
     <row r="459" spans="1:18">
       <c r="A459">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="B459" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C459" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E459" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="K459" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="L459" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="M459" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="N459">
         <v>3</v>
       </c>
       <c r="O459" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P459" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R459">
         <v>999</v>
       </c>
     </row>
     <row r="460" spans="1:18">
       <c r="A460">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B460" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C460" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E460" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="K460" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="L460" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="M460" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="N460">
         <v>3</v>
       </c>
       <c r="O460" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P460" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R460">
         <v>999</v>
       </c>
     </row>
     <row r="461" spans="1:18">
       <c r="A461">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="B461" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C461" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E461" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="K461" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="L461" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="M461" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="N461">
         <v>3</v>
       </c>
       <c r="O461" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P461" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R461">
         <v>999</v>
       </c>
     </row>
     <row r="462" spans="1:18">
       <c r="A462">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B462" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C462" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E462" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="K462" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="L462" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="M462" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="N462">
         <v>3</v>
       </c>
       <c r="O462" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P462" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R462">
         <v>999</v>
       </c>
     </row>
     <row r="463" spans="1:18">
       <c r="A463">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B463" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C463" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E463" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="K463" t="s">
-        <v>1459</v>
+        <v>1948</v>
       </c>
       <c r="L463" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="M463" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="N463">
         <v>3</v>
       </c>
       <c r="O463" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P463" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R463">
         <v>999</v>
       </c>
     </row>
     <row r="464" spans="1:18">
       <c r="A464">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B464" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C464" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E464" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="K464" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="L464" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="M464" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
       <c r="N464">
         <v>3</v>
       </c>
       <c r="O464" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P464" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R464">
         <v>999</v>
       </c>
     </row>
     <row r="465" spans="1:18">
       <c r="A465">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B465" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C465" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E465" t="s">
-        <v>1952</v>
-[...2 lines deleted...]
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="K465" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="L465" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="M465" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="N465">
         <v>3</v>
       </c>
       <c r="O465" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P465" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R465">
         <v>999</v>
       </c>
     </row>
     <row r="466" spans="1:18">
       <c r="A466">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="B466" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C466" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E466" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="K466" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="L466" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="M466" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="N466">
         <v>3</v>
       </c>
       <c r="O466" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P466" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R466">
         <v>999</v>
       </c>
     </row>
     <row r="467" spans="1:18">
       <c r="A467">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B467" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C467" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E467" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="K467" t="s">
-        <v>1962</v>
+        <v>1478</v>
       </c>
       <c r="L467" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="M467" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="N467">
         <v>3</v>
       </c>
       <c r="O467" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P467" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R467">
         <v>999</v>
       </c>
     </row>
     <row r="468" spans="1:18">
       <c r="A468">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="B468" t="s">
-        <v>1965</v>
+        <v>1413</v>
       </c>
       <c r="C468" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E468" t="s">
         <v>1966</v>
       </c>
       <c r="K468" t="s">
         <v>1967</v>
       </c>
       <c r="L468" t="s">
         <v>1968</v>
       </c>
       <c r="M468" t="s">
         <v>1969</v>
       </c>
       <c r="N468">
         <v>3</v>
       </c>
       <c r="O468" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P468" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R468">
         <v>999</v>
       </c>
     </row>
     <row r="469" spans="1:18">
       <c r="A469">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B469" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C469" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E469" t="s">
         <v>1970</v>
       </c>
+      <c r="H469" t="s">
+        <v>1971</v>
+      </c>
       <c r="K469" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="L469" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="M469" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="N469">
         <v>3</v>
       </c>
       <c r="O469" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P469" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R469">
         <v>999</v>
       </c>
     </row>
     <row r="470" spans="1:18">
       <c r="A470">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B470" t="s">
-        <v>1974</v>
+        <v>1413</v>
       </c>
       <c r="C470" t="s">
+        <v>682</v>
+      </c>
+      <c r="E470" t="s">
         <v>1975</v>
       </c>
-      <c r="E470" t="s">
+      <c r="K470" t="s">
         <v>1976</v>
       </c>
-      <c r="K470" t="s">
+      <c r="L470" t="s">
         <v>1977</v>
       </c>
-      <c r="L470" t="s">
+      <c r="M470" t="s">
         <v>1978</v>
       </c>
-      <c r="M470" t="s">
-        <v>1979</v>
+      <c r="N470">
+        <v>3</v>
+      </c>
+      <c r="O470" t="s">
+        <v>32</v>
       </c>
       <c r="P470" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R470">
         <v>999</v>
       </c>
     </row>
     <row r="471" spans="1:18">
       <c r="A471">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B471" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C471" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E471" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="K471" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="L471" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="M471" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="N471">
         <v>3</v>
       </c>
       <c r="O471" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P471" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R471">
         <v>999</v>
       </c>
     </row>
     <row r="472" spans="1:18">
       <c r="A472">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B472" t="s">
-        <v>1394</v>
+        <v>1983</v>
       </c>
       <c r="C472" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E472" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="K472" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="L472" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="M472" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="N472">
         <v>3</v>
       </c>
       <c r="O472" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P472" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R472">
         <v>999</v>
       </c>
     </row>
     <row r="473" spans="1:18">
       <c r="A473">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="B473" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C473" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E473" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="K473" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="L473" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="M473" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="N473">
         <v>3</v>
       </c>
       <c r="O473" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P473" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R473">
         <v>999</v>
       </c>
     </row>
     <row r="474" spans="1:18">
       <c r="A474">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B474" t="s">
-        <v>1394</v>
+        <v>1992</v>
       </c>
       <c r="C474" t="s">
-        <v>663</v>
+        <v>1993</v>
       </c>
       <c r="E474" t="s">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="K474" t="s">
-        <v>776</v>
+        <v>1995</v>
       </c>
       <c r="L474" t="s">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="M474" t="s">
-        <v>1990</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>1997</v>
       </c>
       <c r="P474" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R474">
         <v>999</v>
       </c>
     </row>
     <row r="475" spans="1:18">
       <c r="A475">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B475" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C475" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E475" t="s">
-        <v>1991</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="K475" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="L475" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="M475" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="N475">
         <v>3</v>
       </c>
       <c r="O475" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P475" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R475">
         <v>999</v>
       </c>
     </row>
     <row r="476" spans="1:18">
       <c r="A476">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="B476" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C476" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E476" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="K476" t="s">
-        <v>294</v>
+        <v>1999</v>
       </c>
       <c r="L476" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="M476" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="N476">
         <v>3</v>
       </c>
       <c r="O476" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P476" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R476">
         <v>999</v>
       </c>
     </row>
     <row r="477" spans="1:18">
       <c r="A477">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="B477" t="s">
-        <v>1999</v>
+        <v>1413</v>
       </c>
       <c r="C477" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E477" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="K477" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="L477" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="M477" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="N477">
         <v>3</v>
       </c>
       <c r="O477" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P477" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R477">
         <v>999</v>
       </c>
     </row>
     <row r="478" spans="1:18">
       <c r="A478">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="B478" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C478" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E478" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="K478" t="s">
-        <v>410</v>
+        <v>795</v>
       </c>
       <c r="L478" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="M478" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="N478">
         <v>3</v>
       </c>
       <c r="O478" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P478" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R478">
         <v>999</v>
       </c>
     </row>
     <row r="479" spans="1:18">
       <c r="A479">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="B479" t="s">
-        <v>1999</v>
+        <v>1413</v>
       </c>
       <c r="C479" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E479" t="s">
-        <v>2007</v>
+        <v>2009</v>
+      </c>
+      <c r="H479" t="s">
+        <v>2010</v>
       </c>
       <c r="K479" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="L479" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="M479" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="N479">
         <v>3</v>
       </c>
       <c r="O479" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P479" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R479">
         <v>999</v>
       </c>
     </row>
     <row r="480" spans="1:18">
       <c r="A480">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="B480" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C480" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E480" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="K480" t="s">
-        <v>443</v>
+        <v>314</v>
       </c>
       <c r="L480" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="M480" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="N480">
         <v>3</v>
       </c>
       <c r="O480" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P480" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R480">
         <v>999</v>
       </c>
     </row>
     <row r="481" spans="1:18">
       <c r="A481">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="B481" t="s">
-        <v>1394</v>
+        <v>2017</v>
       </c>
       <c r="C481" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E481" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="K481" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="L481" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="M481" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="N481">
         <v>3</v>
       </c>
       <c r="O481" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P481" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R481">
         <v>999</v>
       </c>
     </row>
     <row r="482" spans="1:18">
       <c r="A482">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="B482" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C482" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E482" t="s">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="K482" t="s">
-        <v>2019</v>
+        <v>430</v>
       </c>
       <c r="L482" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="M482" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="N482">
         <v>3</v>
       </c>
       <c r="O482" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P482" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R482">
         <v>999</v>
       </c>
     </row>
     <row r="483" spans="1:18">
       <c r="A483">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B483" t="s">
-        <v>1394</v>
+        <v>2017</v>
       </c>
       <c r="C483" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E483" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="K483" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="L483" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="M483" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="N483">
         <v>3</v>
       </c>
       <c r="O483" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P483" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R483">
         <v>999</v>
       </c>
     </row>
     <row r="484" spans="1:18">
       <c r="A484">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B484" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C484" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E484" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="K484" t="s">
-        <v>2027</v>
+        <v>37</v>
       </c>
       <c r="L484" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="M484" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="N484">
         <v>3</v>
       </c>
       <c r="O484" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P484" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R484">
         <v>999</v>
       </c>
     </row>
     <row r="485" spans="1:18">
       <c r="A485">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B485" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C485" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E485" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="K485" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="L485" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="M485" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="N485">
         <v>3</v>
       </c>
       <c r="O485" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P485" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R485">
         <v>999</v>
       </c>
     </row>
     <row r="486" spans="1:18">
       <c r="A486">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B486" t="s">
-        <v>1999</v>
+        <v>1413</v>
       </c>
       <c r="C486" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E486" t="s">
-        <v>2034</v>
-[...4 lines deleted...]
-      <c r="H486" t="s">
         <v>2036</v>
       </c>
       <c r="K486" t="s">
         <v>2037</v>
       </c>
       <c r="L486" t="s">
         <v>2038</v>
       </c>
       <c r="M486" t="s">
         <v>2039</v>
       </c>
       <c r="N486">
         <v>3</v>
       </c>
       <c r="O486" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P486" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R486">
         <v>999</v>
       </c>
     </row>
     <row r="487" spans="1:18">
       <c r="A487">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="B487" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C487" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E487" t="s">
         <v>2040</v>
       </c>
       <c r="K487" t="s">
-        <v>1375</v>
+        <v>2041</v>
       </c>
       <c r="L487" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="M487" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="N487">
         <v>3</v>
       </c>
       <c r="O487" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P487" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R487">
         <v>999</v>
       </c>
     </row>
     <row r="488" spans="1:18">
       <c r="A488">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B488" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C488" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E488" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="K488" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="L488" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="M488" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="N488">
         <v>3</v>
       </c>
       <c r="O488" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P488" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R488">
         <v>999</v>
       </c>
     </row>
     <row r="489" spans="1:18">
       <c r="A489">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B489" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C489" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E489" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="K489" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="L489" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="M489" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="N489">
         <v>3</v>
       </c>
       <c r="O489" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P489" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R489">
         <v>999</v>
       </c>
     </row>
     <row r="490" spans="1:18">
       <c r="A490">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="B490" t="s">
-        <v>1394</v>
+        <v>2017</v>
       </c>
       <c r="C490" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E490" t="s">
-        <v>2051</v>
+        <v>2052</v>
+      </c>
+      <c r="G490" t="s">
+        <v>2053</v>
       </c>
       <c r="H490" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="K490" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="L490" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="M490" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="N490">
         <v>3</v>
       </c>
       <c r="O490" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P490" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R490">
         <v>999</v>
       </c>
     </row>
     <row r="491" spans="1:18">
       <c r="A491">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B491" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C491" t="s">
+        <v>682</v>
+      </c>
+      <c r="E491" t="s">
+        <v>2058</v>
+      </c>
+      <c r="K491" t="s">
         <v>1394</v>
       </c>
-      <c r="C491" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L491" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="M491" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="N491">
         <v>3</v>
       </c>
       <c r="O491" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P491" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R491">
         <v>999</v>
       </c>
     </row>
     <row r="492" spans="1:18">
       <c r="A492">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="B492" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C492" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E492" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="K492" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="L492" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="M492" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="N492">
         <v>3</v>
       </c>
       <c r="O492" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P492" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R492">
         <v>999</v>
       </c>
     </row>
     <row r="493" spans="1:18">
       <c r="A493">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="B493" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C493" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E493" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="K493" t="s">
-        <v>1611</v>
+        <v>2066</v>
       </c>
       <c r="L493" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="M493" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="N493">
         <v>3</v>
       </c>
       <c r="O493" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P493" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R493">
         <v>999</v>
       </c>
     </row>
     <row r="494" spans="1:18">
       <c r="A494">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B494" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C494" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E494" t="s">
-        <v>2067</v>
+        <v>2069</v>
+      </c>
+      <c r="H494" t="s">
+        <v>2070</v>
       </c>
       <c r="K494" t="s">
-        <v>372</v>
+        <v>2071</v>
       </c>
       <c r="L494" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="M494" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
       <c r="N494">
         <v>3</v>
       </c>
       <c r="O494" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P494" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R494">
         <v>999</v>
       </c>
     </row>
     <row r="495" spans="1:18">
       <c r="A495">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="B495" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C495" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E495" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
       <c r="K495" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="L495" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="M495" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="N495">
         <v>3</v>
       </c>
       <c r="O495" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P495" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R495">
         <v>999</v>
       </c>
     </row>
     <row r="496" spans="1:18">
       <c r="A496">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C496" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E496" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
       <c r="K496" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="L496" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
       <c r="M496" t="s">
-        <v>2077</v>
+        <v>2081</v>
       </c>
       <c r="N496">
         <v>3</v>
       </c>
       <c r="O496" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P496" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R496">
         <v>999</v>
       </c>
     </row>
     <row r="497" spans="1:18">
       <c r="A497">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="B497" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C497" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E497" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
       <c r="K497" t="s">
-        <v>2079</v>
+        <v>1630</v>
       </c>
       <c r="L497" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="M497" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="N497">
         <v>3</v>
       </c>
       <c r="O497" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P497" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R497">
         <v>999</v>
       </c>
     </row>
     <row r="498" spans="1:18">
       <c r="A498">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="B498" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C498" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E498" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="K498" t="s">
-        <v>2083</v>
+        <v>392</v>
       </c>
       <c r="L498" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="M498" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="N498">
         <v>3</v>
       </c>
       <c r="O498" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P498" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R498">
         <v>999</v>
       </c>
     </row>
     <row r="499" spans="1:18">
       <c r="A499">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B499" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C499" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E499" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="K499" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="L499" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="M499" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="N499">
         <v>3</v>
       </c>
       <c r="O499" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P499" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R499">
         <v>999</v>
       </c>
     </row>
     <row r="500" spans="1:18">
       <c r="A500">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="B500" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C500" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E500" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="K500" t="s">
-        <v>1505</v>
+        <v>2093</v>
       </c>
       <c r="L500" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="M500" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="N500">
         <v>3</v>
       </c>
       <c r="O500" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P500" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R500">
         <v>999</v>
       </c>
     </row>
     <row r="501" spans="1:18">
       <c r="A501">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="B501" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C501" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E501" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
       <c r="K501" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="L501" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
       <c r="M501" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="N501">
         <v>3</v>
       </c>
       <c r="O501" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P501" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R501">
         <v>999</v>
       </c>
     </row>
     <row r="502" spans="1:18">
       <c r="A502">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="B502" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C502" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E502" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="K502" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="L502" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="M502" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="N502">
         <v>3</v>
       </c>
       <c r="O502" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P502" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R502">
         <v>999</v>
       </c>
     </row>
     <row r="503" spans="1:18">
       <c r="A503">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B503" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C503" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E503" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="K503" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="L503" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="M503" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="N503">
         <v>3</v>
       </c>
       <c r="O503" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P503" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R503">
         <v>999</v>
       </c>
     </row>
     <row r="504" spans="1:18">
       <c r="A504">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="B504" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C504" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E504" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="K504" t="s">
-        <v>2106</v>
+        <v>1524</v>
       </c>
       <c r="L504" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="M504" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="N504">
         <v>3</v>
       </c>
       <c r="O504" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P504" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R504">
         <v>999</v>
       </c>
     </row>
     <row r="505" spans="1:18">
       <c r="A505">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B505" t="s">
-        <v>2109</v>
+        <v>1413</v>
       </c>
       <c r="C505" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E505" t="s">
-        <v>2110</v>
-[...1 lines deleted...]
-      <c r="H505" t="s">
         <v>2111</v>
       </c>
       <c r="K505" t="s">
         <v>2112</v>
       </c>
       <c r="L505" t="s">
         <v>2113</v>
       </c>
       <c r="M505" t="s">
         <v>2114</v>
       </c>
       <c r="N505">
         <v>3</v>
       </c>
       <c r="O505" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P505" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R505">
         <v>999</v>
       </c>
     </row>
     <row r="506" spans="1:18">
       <c r="A506">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="B506" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C506" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E506" t="s">
         <v>2115</v>
       </c>
       <c r="K506" t="s">
         <v>2116</v>
       </c>
       <c r="L506" t="s">
         <v>2117</v>
       </c>
       <c r="M506" t="s">
         <v>2118</v>
       </c>
       <c r="N506">
         <v>3</v>
       </c>
       <c r="O506" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P506" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R506">
         <v>999</v>
       </c>
     </row>
     <row r="507" spans="1:18">
       <c r="A507">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="B507" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C507" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E507" t="s">
         <v>2119</v>
       </c>
       <c r="K507" t="s">
         <v>2120</v>
       </c>
       <c r="L507" t="s">
         <v>2121</v>
       </c>
       <c r="M507" t="s">
         <v>2122</v>
       </c>
       <c r="N507">
         <v>3</v>
       </c>
       <c r="O507" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P507" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R507">
         <v>999</v>
       </c>
     </row>
     <row r="508" spans="1:18">
       <c r="A508">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B508" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C508" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E508" t="s">
         <v>2123</v>
       </c>
       <c r="K508" t="s">
         <v>2124</v>
       </c>
       <c r="L508" t="s">
         <v>2125</v>
       </c>
       <c r="M508" t="s">
         <v>2126</v>
       </c>
       <c r="N508">
         <v>3</v>
       </c>
       <c r="O508" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P508" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R508">
         <v>999</v>
       </c>
     </row>
     <row r="509" spans="1:18">
       <c r="A509">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="B509" t="s">
         <v>2127</v>
       </c>
       <c r="C509" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E509" t="s">
         <v>2128</v>
       </c>
+      <c r="H509" t="s">
+        <v>2129</v>
+      </c>
       <c r="K509" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="L509" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="M509" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="N509">
         <v>3</v>
       </c>
       <c r="O509" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P509" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R509">
         <v>999</v>
       </c>
     </row>
     <row r="510" spans="1:18">
       <c r="A510">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B510" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C510" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E510" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="K510" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="L510" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="M510" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="N510">
         <v>3</v>
       </c>
       <c r="O510" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P510" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R510">
         <v>999</v>
       </c>
     </row>
     <row r="511" spans="1:18">
       <c r="A511">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B511" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="C511" t="s">
-        <v>663</v>
+        <v>682</v>
       </c>
       <c r="E511" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="K511" t="s">
-        <v>290</v>
+        <v>2138</v>
       </c>
       <c r="L511" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="M511" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="N511">
         <v>3</v>
       </c>
       <c r="O511" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P511" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R511">
         <v>999</v>
       </c>
     </row>
     <row r="512" spans="1:18">
       <c r="A512">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="B512" t="s">
-        <v>2139</v>
+        <v>1413</v>
       </c>
       <c r="C512" t="s">
-        <v>2139</v>
+        <v>682</v>
       </c>
       <c r="E512" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="K512" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="L512" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="M512" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="N512">
         <v>3</v>
       </c>
       <c r="O512" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P512" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R512">
         <v>999</v>
       </c>
     </row>
     <row r="513" spans="1:18">
       <c r="A513">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="B513" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="C513" t="s">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c r="E513" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="K513" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="L513" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="M513" t="s">
-        <v>2148</v>
+        <v>2149</v>
+      </c>
+      <c r="N513">
+        <v>3</v>
+      </c>
+      <c r="O513" t="s">
+        <v>32</v>
       </c>
       <c r="P513" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R513">
         <v>999</v>
       </c>
     </row>
     <row r="514" spans="1:18">
       <c r="A514">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B514" t="s">
-        <v>2144</v>
+        <v>1413</v>
       </c>
       <c r="C514" t="s">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c r="E514" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="K514" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="L514" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="M514" t="s">
-        <v>2152</v>
+        <v>2153</v>
+      </c>
+      <c r="N514">
+        <v>3</v>
+      </c>
+      <c r="O514" t="s">
+        <v>32</v>
       </c>
       <c r="P514" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R514">
         <v>999</v>
       </c>
     </row>
     <row r="515" spans="1:18">
       <c r="A515">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="B515" t="s">
-        <v>2153</v>
+        <v>1413</v>
       </c>
       <c r="C515" t="s">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c r="E515" t="s">
         <v>2154</v>
       </c>
       <c r="K515" t="s">
+        <v>310</v>
+      </c>
+      <c r="L515" t="s">
         <v>2155</v>
       </c>
-      <c r="L515" t="s">
+      <c r="M515" t="s">
         <v>2156</v>
       </c>
-      <c r="M515" t="s">
-        <v>2157</v>
+      <c r="N515">
+        <v>3</v>
+      </c>
+      <c r="O515" t="s">
+        <v>32</v>
       </c>
       <c r="P515" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R515">
         <v>999</v>
       </c>
     </row>
     <row r="516" spans="1:18">
       <c r="A516">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B516" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C516" t="s">
+        <v>2157</v>
+      </c>
+      <c r="E516" t="s">
         <v>2158</v>
       </c>
-      <c r="C516" t="s">
-[...2 lines deleted...]
-      <c r="E516" t="s">
+      <c r="K516" t="s">
         <v>2159</v>
       </c>
-      <c r="H516" t="s">
+      <c r="L516" t="s">
         <v>2160</v>
       </c>
-      <c r="K516" t="s">
+      <c r="M516" t="s">
         <v>2161</v>
       </c>
-      <c r="L516" t="s">
-[...3 lines deleted...]
-        <v>2163</v>
+      <c r="N516">
+        <v>3</v>
+      </c>
+      <c r="O516" t="s">
+        <v>32</v>
       </c>
       <c r="P516" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R516">
         <v>999</v>
       </c>
     </row>
     <row r="517" spans="1:18">
       <c r="A517">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B517" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="C517" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E517" t="s">
+        <v>2163</v>
+      </c>
+      <c r="K517" t="s">
         <v>2164</v>
       </c>
-      <c r="K517" t="s">
+      <c r="L517" t="s">
         <v>2165</v>
       </c>
-      <c r="L517" t="s">
+      <c r="M517" t="s">
         <v>2166</v>
       </c>
-      <c r="M517" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P517" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R517">
         <v>999</v>
       </c>
     </row>
     <row r="518" spans="1:18">
       <c r="A518">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B518" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C518" t="s">
+        <v>49</v>
+      </c>
+      <c r="E518" t="s">
+        <v>2167</v>
+      </c>
+      <c r="K518" t="s">
         <v>2168</v>
       </c>
-      <c r="C518" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L518" t="s">
-        <v>2166</v>
+        <v>2169</v>
       </c>
       <c r="M518" t="s">
-        <v>2167</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>2170</v>
       </c>
       <c r="P518" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R518">
         <v>999</v>
       </c>
     </row>
     <row r="519" spans="1:18">
       <c r="A519">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B519" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="C519" t="s">
-        <v>2170</v>
+        <v>49</v>
       </c>
       <c r="E519" t="s">
-        <v>2171</v>
-[...1 lines deleted...]
-      <c r="H519" t="s">
         <v>2172</v>
       </c>
       <c r="K519" t="s">
         <v>2173</v>
       </c>
       <c r="L519" t="s">
         <v>2174</v>
       </c>
       <c r="M519" t="s">
         <v>2175</v>
       </c>
-      <c r="N519">
-[...4 lines deleted...]
-      </c>
       <c r="P519" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R519">
         <v>999</v>
       </c>
     </row>
     <row r="520" spans="1:18">
       <c r="A520">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B520" t="s">
         <v>2176</v>
       </c>
       <c r="C520" t="s">
+        <v>49</v>
+      </c>
+      <c r="E520" t="s">
         <v>2177</v>
       </c>
-      <c r="E520" t="s">
+      <c r="H520" t="s">
         <v>2178</v>
       </c>
       <c r="K520" t="s">
         <v>2179</v>
       </c>
       <c r="L520" t="s">
         <v>2180</v>
       </c>
       <c r="M520" t="s">
         <v>2181</v>
       </c>
-      <c r="N520">
-[...4 lines deleted...]
-      </c>
       <c r="P520" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R520">
         <v>999</v>
       </c>
     </row>
     <row r="521" spans="1:18">
       <c r="A521">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B521" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C521" t="s">
+        <v>49</v>
+      </c>
+      <c r="E521" t="s">
         <v>2182</v>
       </c>
-      <c r="C521" t="s">
-[...2 lines deleted...]
-      <c r="E521" t="s">
+      <c r="K521" t="s">
         <v>2183</v>
       </c>
-      <c r="K521" t="s">
+      <c r="L521" t="s">
         <v>2184</v>
       </c>
-      <c r="L521" t="s">
+      <c r="M521" t="s">
         <v>2185</v>
       </c>
-      <c r="M521" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P521" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R521">
         <v>999</v>
       </c>
     </row>
     <row r="522" spans="1:18">
       <c r="A522">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B522" t="s">
-        <v>2176</v>
+        <v>2186</v>
       </c>
       <c r="C522" t="s">
-        <v>2177</v>
+        <v>2157</v>
       </c>
       <c r="E522" t="s">
-        <v>2187</v>
+        <v>2182</v>
       </c>
       <c r="K522" t="s">
-        <v>2188</v>
+        <v>2183</v>
       </c>
       <c r="L522" t="s">
-        <v>2189</v>
+        <v>2184</v>
       </c>
       <c r="M522" t="s">
-        <v>2190</v>
+        <v>2185</v>
       </c>
       <c r="N522">
         <v>3</v>
       </c>
       <c r="O522" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P522" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R522">
         <v>999</v>
       </c>
     </row>
     <row r="523" spans="1:18">
       <c r="A523">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B523" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C523" t="s">
+        <v>2188</v>
+      </c>
+      <c r="E523" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H523" t="s">
+        <v>2190</v>
+      </c>
+      <c r="K523" t="s">
         <v>2191</v>
       </c>
-      <c r="C523" t="s">
-[...2 lines deleted...]
-      <c r="E523" t="s">
+      <c r="L523" t="s">
         <v>2192</v>
       </c>
-      <c r="K523" t="s">
-[...2 lines deleted...]
-      <c r="L523" t="s">
+      <c r="M523" t="s">
         <v>2193</v>
       </c>
-      <c r="M523" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N523">
         <v>3</v>
       </c>
       <c r="O523" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P523" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R523">
         <v>999</v>
       </c>
     </row>
     <row r="524" spans="1:18">
       <c r="A524">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B524" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C524" t="s">
-        <v>2177</v>
+        <v>2195</v>
       </c>
       <c r="E524" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="K524" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="L524" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="M524" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="N524">
         <v>3</v>
       </c>
       <c r="O524" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P524" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R524">
         <v>999</v>
       </c>
     </row>
     <row r="525" spans="1:18">
       <c r="A525">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B525" t="s">
-        <v>2191</v>
+        <v>2200</v>
       </c>
       <c r="C525" t="s">
-        <v>2177</v>
+        <v>2195</v>
       </c>
       <c r="E525" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="K525" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="L525" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="M525" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="N525">
         <v>3</v>
       </c>
       <c r="O525" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P525" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R525">
         <v>999</v>
       </c>
     </row>
     <row r="526" spans="1:18">
       <c r="A526">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B526" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
       <c r="C526" t="s">
-        <v>2177</v>
+        <v>2195</v>
       </c>
       <c r="E526" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="K526" t="s">
-        <v>117</v>
+        <v>2206</v>
       </c>
       <c r="L526" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="M526" t="s">
-        <v>2205</v>
+        <v>2208</v>
       </c>
       <c r="N526">
         <v>3</v>
       </c>
       <c r="O526" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P526" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R526">
         <v>999</v>
       </c>
     </row>
     <row r="527" spans="1:18">
       <c r="A527">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B527" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="C527" t="s">
-        <v>1646</v>
+        <v>2195</v>
       </c>
       <c r="E527" t="s">
-        <v>2207</v>
+        <v>2210</v>
       </c>
       <c r="K527" t="s">
-        <v>2208</v>
+        <v>1731</v>
       </c>
       <c r="L527" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="M527" t="s">
-        <v>2210</v>
+        <v>2212</v>
+      </c>
+      <c r="N527">
+        <v>3</v>
+      </c>
+      <c r="O527" t="s">
+        <v>32</v>
       </c>
       <c r="P527" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R527">
         <v>999</v>
       </c>
     </row>
     <row r="528" spans="1:18">
       <c r="A528">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="B528" t="s">
-        <v>2211</v>
+        <v>2194</v>
       </c>
       <c r="C528" t="s">
-        <v>2212</v>
+        <v>2195</v>
       </c>
       <c r="E528" t="s">
         <v>2213</v>
       </c>
-      <c r="G528" t="s">
+      <c r="K528" t="s">
         <v>2214</v>
       </c>
-      <c r="K528" t="s">
+      <c r="L528" t="s">
         <v>2215</v>
       </c>
-      <c r="L528" t="s">
+      <c r="M528" t="s">
         <v>2216</v>
       </c>
-      <c r="M528" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N528">
         <v>3</v>
       </c>
       <c r="O528" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P528" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R528">
         <v>999</v>
       </c>
     </row>
     <row r="529" spans="1:18">
       <c r="A529">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B529" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C529" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E529" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K529" t="s">
         <v>2218</v>
       </c>
-      <c r="C529" t="s">
-[...2 lines deleted...]
-      <c r="E529" t="s">
+      <c r="L529" t="s">
         <v>2219</v>
       </c>
-      <c r="K529" t="s">
+      <c r="M529" t="s">
         <v>2220</v>
       </c>
-      <c r="L529" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N529">
         <v>3</v>
       </c>
       <c r="O529" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P529" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R529">
         <v>999</v>
       </c>
     </row>
     <row r="530" spans="1:18">
       <c r="A530">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="B530" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C530" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E530" t="s">
+        <v>2221</v>
+      </c>
+      <c r="K530" t="s">
+        <v>137</v>
+      </c>
+      <c r="L530" t="s">
+        <v>2222</v>
+      </c>
+      <c r="M530" t="s">
         <v>2223</v>
       </c>
-      <c r="C530" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N530">
         <v>3</v>
       </c>
       <c r="O530" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P530" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R530">
         <v>999</v>
       </c>
     </row>
     <row r="531" spans="1:18">
       <c r="A531">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="B531" t="s">
-        <v>2211</v>
+        <v>2224</v>
       </c>
       <c r="C531" t="s">
-        <v>2212</v>
+        <v>41</v>
       </c>
       <c r="E531" t="s">
-        <v>2229</v>
+        <v>2225</v>
       </c>
       <c r="K531" t="s">
-        <v>2230</v>
+        <v>2226</v>
       </c>
       <c r="L531" t="s">
-        <v>2231</v>
+        <v>2227</v>
       </c>
       <c r="M531" t="s">
-        <v>2232</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>2228</v>
       </c>
       <c r="P531" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R531">
         <v>999</v>
       </c>
     </row>
     <row r="532" spans="1:18">
       <c r="A532">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="B532" t="s">
-        <v>536</v>
+        <v>2229</v>
       </c>
       <c r="C532" t="s">
-        <v>27</v>
+        <v>2230</v>
       </c>
       <c r="E532" t="s">
-        <v>2229</v>
+        <v>2231</v>
+      </c>
+      <c r="G532" t="s">
+        <v>2232</v>
       </c>
       <c r="K532" t="s">
-        <v>2230</v>
+        <v>2233</v>
       </c>
       <c r="L532" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="M532" t="s">
-        <v>2232</v>
+        <v>2235</v>
+      </c>
+      <c r="N532">
+        <v>3</v>
+      </c>
+      <c r="O532" t="s">
+        <v>32</v>
       </c>
       <c r="P532" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R532">
         <v>999</v>
       </c>
     </row>
     <row r="533" spans="1:18">
       <c r="A533">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B533" t="s">
-        <v>2211</v>
+        <v>2236</v>
       </c>
       <c r="C533" t="s">
-        <v>2212</v>
+        <v>536</v>
       </c>
       <c r="E533" t="s">
-        <v>2233</v>
-[...2 lines deleted...]
-        <v>2234</v>
+        <v>2237</v>
       </c>
       <c r="K533" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="L533" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="M533" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
       <c r="N533">
         <v>3</v>
       </c>
       <c r="O533" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P533" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R533">
         <v>999</v>
       </c>
     </row>
     <row r="534" spans="1:18">
       <c r="A534">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B534" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="C534" t="s">
-        <v>2239</v>
+        <v>2242</v>
       </c>
       <c r="E534" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
       <c r="K534" t="s">
-        <v>2241</v>
+        <v>2244</v>
       </c>
       <c r="L534" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="M534" t="s">
-        <v>2243</v>
+        <v>2246</v>
       </c>
       <c r="N534">
         <v>3</v>
       </c>
       <c r="O534" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P534" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R534">
         <v>999</v>
       </c>
     </row>
     <row r="535" spans="1:18">
       <c r="A535">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B535" t="s">
-        <v>2211</v>
+        <v>2229</v>
       </c>
       <c r="C535" t="s">
-        <v>2212</v>
+        <v>2230</v>
       </c>
       <c r="E535" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
       <c r="K535" t="s">
-        <v>2245</v>
+        <v>2248</v>
       </c>
       <c r="L535" t="s">
-        <v>2246</v>
+        <v>2249</v>
       </c>
       <c r="M535" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="N535">
         <v>3</v>
       </c>
       <c r="O535" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P535" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R535">
         <v>999</v>
       </c>
     </row>
     <row r="536" spans="1:18">
       <c r="A536">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="B536" t="s">
+        <v>555</v>
+      </c>
+      <c r="C536" t="s">
+        <v>49</v>
+      </c>
+      <c r="E536" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K536" t="s">
         <v>2248</v>
       </c>
-      <c r="C536" t="s">
-[...2 lines deleted...]
-      <c r="E536" t="s">
+      <c r="L536" t="s">
         <v>2249</v>
       </c>
-      <c r="K536" t="s">
+      <c r="M536" t="s">
         <v>2250</v>
       </c>
-      <c r="L536" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P536" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R536">
         <v>999</v>
       </c>
     </row>
     <row r="537" spans="1:18">
       <c r="A537">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B537" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E537" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G537" t="s">
+        <v>2252</v>
+      </c>
+      <c r="K537" t="s">
         <v>2253</v>
       </c>
-      <c r="C537" t="s">
+      <c r="L537" t="s">
         <v>2254</v>
       </c>
-      <c r="E537" t="s">
+      <c r="M537" t="s">
         <v>2255</v>
       </c>
-      <c r="K537" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N537">
         <v>3</v>
       </c>
       <c r="O537" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P537" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R537">
         <v>999</v>
       </c>
     </row>
     <row r="538" spans="1:18">
       <c r="A538">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B538" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2257</v>
+      </c>
+      <c r="E538" t="s">
+        <v>2258</v>
+      </c>
+      <c r="K538" t="s">
         <v>2259</v>
       </c>
-      <c r="C538" t="s">
-[...2 lines deleted...]
-      <c r="E538" t="s">
+      <c r="L538" t="s">
         <v>2260</v>
       </c>
-      <c r="H538" t="s">
+      <c r="M538" t="s">
         <v>2261</v>
       </c>
-      <c r="K538" t="s">
-[...6 lines deleted...]
-        <v>2264</v>
+      <c r="N538">
+        <v>3</v>
+      </c>
+      <c r="O538" t="s">
+        <v>32</v>
       </c>
       <c r="P538" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R538">
         <v>999</v>
       </c>
     </row>
     <row r="539" spans="1:18">
       <c r="A539">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B539" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E539" t="s">
+        <v>2262</v>
+      </c>
+      <c r="K539" t="s">
+        <v>2263</v>
+      </c>
+      <c r="L539" t="s">
+        <v>2264</v>
+      </c>
+      <c r="M539" t="s">
         <v>2265</v>
       </c>
-      <c r="C539" t="s">
-[...18 lines deleted...]
-        <v>2271</v>
+      <c r="N539">
+        <v>3</v>
+      </c>
+      <c r="O539" t="s">
+        <v>32</v>
       </c>
       <c r="P539" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R539">
         <v>999</v>
       </c>
     </row>
     <row r="540" spans="1:18">
       <c r="A540">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B540" t="s">
-        <v>2272</v>
+        <v>2266</v>
       </c>
       <c r="C540" t="s">
-        <v>2273</v>
+        <v>536</v>
       </c>
       <c r="E540" t="s">
-        <v>2274</v>
-[...2 lines deleted...]
-        <v>2275</v>
+        <v>2267</v>
       </c>
       <c r="K540" t="s">
-        <v>2276</v>
+        <v>2268</v>
       </c>
       <c r="L540" t="s">
-        <v>2277</v>
+        <v>2269</v>
       </c>
       <c r="M540" t="s">
-        <v>2278</v>
+        <v>2270</v>
+      </c>
+      <c r="N540">
+        <v>3</v>
+      </c>
+      <c r="O540" t="s">
+        <v>32</v>
       </c>
       <c r="P540" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R540">
         <v>999</v>
       </c>
     </row>
     <row r="541" spans="1:18">
       <c r="A541">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B541" t="s">
-        <v>2211</v>
+        <v>2271</v>
       </c>
       <c r="C541" t="s">
-        <v>2212</v>
+        <v>2272</v>
       </c>
       <c r="E541" t="s">
-        <v>2279</v>
+        <v>2273</v>
       </c>
       <c r="K541" t="s">
-        <v>2280</v>
+        <v>2274</v>
       </c>
       <c r="L541" t="s">
-        <v>2281</v>
+        <v>2275</v>
       </c>
       <c r="M541" t="s">
-        <v>2282</v>
+        <v>2276</v>
       </c>
       <c r="N541">
         <v>3</v>
       </c>
       <c r="O541" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P541" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R541">
         <v>999</v>
       </c>
     </row>
     <row r="542" spans="1:18">
       <c r="A542">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B542" t="s">
-        <v>2283</v>
+        <v>2277</v>
       </c>
       <c r="C542" t="s">
-        <v>2284</v>
+        <v>41</v>
       </c>
       <c r="E542" t="s">
-        <v>2285</v>
+        <v>2278</v>
+      </c>
+      <c r="H542" t="s">
+        <v>2279</v>
       </c>
       <c r="K542" t="s">
-        <v>2286</v>
+        <v>2280</v>
       </c>
       <c r="L542" t="s">
-        <v>2287</v>
+        <v>2281</v>
       </c>
       <c r="M542" t="s">
-        <v>2288</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>2282</v>
       </c>
       <c r="P542" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R542">
         <v>999</v>
       </c>
     </row>
     <row r="543" spans="1:18">
       <c r="A543">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B543" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C543" t="s">
+        <v>530</v>
+      </c>
+      <c r="E543" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G543" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H543" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K543" t="s">
+        <v>2287</v>
+      </c>
+      <c r="L543" t="s">
+        <v>2288</v>
+      </c>
+      <c r="M543" t="s">
         <v>2289</v>
       </c>
-      <c r="C543" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P543" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R543">
         <v>999</v>
       </c>
     </row>
     <row r="544" spans="1:18">
       <c r="A544">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B544" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C544" t="s">
+        <v>2291</v>
+      </c>
+      <c r="E544" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H544" t="s">
+        <v>2293</v>
+      </c>
+      <c r="K544" t="s">
         <v>2294</v>
       </c>
-      <c r="C544" t="s">
+      <c r="L544" t="s">
         <v>2295</v>
       </c>
-      <c r="E544" t="s">
+      <c r="M544" t="s">
         <v>2296</v>
       </c>
-      <c r="K544" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P544" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R544">
         <v>999</v>
       </c>
     </row>
     <row r="545" spans="1:18">
       <c r="A545">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B545" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E545" t="s">
+        <v>2297</v>
+      </c>
+      <c r="K545" t="s">
+        <v>2298</v>
+      </c>
+      <c r="L545" t="s">
         <v>2299</v>
       </c>
-      <c r="C545" t="s">
-[...2 lines deleted...]
-      <c r="E545" t="s">
+      <c r="M545" t="s">
         <v>2300</v>
       </c>
-      <c r="G545" t="s">
-[...9 lines deleted...]
-        <v>2303</v>
+      <c r="N545">
+        <v>3</v>
+      </c>
+      <c r="O545" t="s">
+        <v>32</v>
       </c>
       <c r="P545" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R545">
         <v>999</v>
       </c>
     </row>
     <row r="546" spans="1:18">
       <c r="A546">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="B546" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C546" t="s">
+        <v>2302</v>
+      </c>
+      <c r="E546" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K546" t="s">
         <v>2304</v>
       </c>
-      <c r="C546" t="s">
+      <c r="L546" t="s">
         <v>2305</v>
       </c>
-      <c r="E546" t="s">
+      <c r="M546" t="s">
         <v>2306</v>
       </c>
-      <c r="H546" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N546">
         <v>3</v>
       </c>
       <c r="O546" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P546" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R546">
         <v>999</v>
       </c>
     </row>
     <row r="547" spans="1:18">
       <c r="A547">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="B547" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2302</v>
+      </c>
+      <c r="E547" t="s">
+        <v>2308</v>
+      </c>
+      <c r="K547" t="s">
+        <v>2309</v>
+      </c>
+      <c r="L547" t="s">
+        <v>2310</v>
+      </c>
+      <c r="M547" t="s">
         <v>2311</v>
       </c>
-      <c r="C547" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N547">
         <v>3</v>
       </c>
       <c r="O547" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P547" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R547">
         <v>999</v>
       </c>
     </row>
     <row r="548" spans="1:18">
       <c r="A548">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B548" t="s">
-        <v>2317</v>
+        <v>2312</v>
       </c>
       <c r="C548" t="s">
-        <v>2318</v>
+        <v>2313</v>
       </c>
       <c r="E548" t="s">
-        <v>2319</v>
-[...2 lines deleted...]
-        <v>2320</v>
+        <v>2314</v>
       </c>
       <c r="K548" t="s">
-        <v>2321</v>
+        <v>626</v>
       </c>
       <c r="L548" t="s">
-        <v>2322</v>
+        <v>2315</v>
       </c>
       <c r="M548" t="s">
-        <v>2323</v>
+        <v>2316</v>
       </c>
       <c r="N548">
         <v>3</v>
       </c>
       <c r="O548" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P548" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R548">
         <v>999</v>
       </c>
     </row>
     <row r="549" spans="1:18">
       <c r="A549">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="B549" t="s">
-        <v>2311</v>
+        <v>2317</v>
       </c>
       <c r="C549" t="s">
-        <v>2312</v>
+        <v>530</v>
       </c>
       <c r="E549" t="s">
-        <v>2324</v>
+        <v>2318</v>
       </c>
       <c r="G549" t="s">
-        <v>2325</v>
-[...2 lines deleted...]
-        <v>2326</v>
+        <v>2319</v>
       </c>
       <c r="K549" t="s">
-        <v>2327</v>
+        <v>626</v>
       </c>
       <c r="L549" t="s">
-        <v>2328</v>
+        <v>2320</v>
       </c>
       <c r="M549" t="s">
-        <v>2329</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>2321</v>
       </c>
       <c r="P549" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R549">
         <v>999</v>
       </c>
     </row>
     <row r="550" spans="1:18">
       <c r="A550">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B550" t="s">
-        <v>2330</v>
+        <v>2322</v>
       </c>
       <c r="C550" t="s">
-        <v>2331</v>
+        <v>2323</v>
       </c>
       <c r="E550" t="s">
-        <v>2332</v>
+        <v>2324</v>
+      </c>
+      <c r="H550" t="s">
+        <v>2325</v>
       </c>
       <c r="K550" t="s">
-        <v>2333</v>
+        <v>2326</v>
       </c>
       <c r="L550" t="s">
-        <v>2334</v>
+        <v>2327</v>
       </c>
       <c r="M550" t="s">
-        <v>2335</v>
+        <v>2328</v>
       </c>
       <c r="N550">
         <v>3</v>
       </c>
       <c r="O550" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P550" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R550">
         <v>999</v>
       </c>
     </row>
     <row r="551" spans="1:18">
       <c r="A551">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B551" t="s">
-        <v>2336</v>
+        <v>2329</v>
       </c>
       <c r="C551" t="s">
-        <v>2337</v>
+        <v>27</v>
       </c>
       <c r="E551" t="s">
-        <v>2338</v>
-[...2 lines deleted...]
-        <v>2339</v>
+        <v>2330</v>
       </c>
       <c r="K551" t="s">
-        <v>2340</v>
+        <v>2331</v>
       </c>
       <c r="L551" t="s">
-        <v>2341</v>
+        <v>2332</v>
       </c>
       <c r="M551" t="s">
-        <v>2342</v>
+        <v>2333</v>
       </c>
       <c r="N551">
         <v>3</v>
       </c>
       <c r="O551" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P551" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R551">
         <v>999</v>
       </c>
     </row>
     <row r="552" spans="1:18">
       <c r="A552">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B552" t="s">
-        <v>2343</v>
+        <v>2334</v>
       </c>
       <c r="C552" t="s">
-        <v>2344</v>
+        <v>2335</v>
       </c>
       <c r="E552" t="s">
-        <v>2345</v>
+        <v>2336</v>
       </c>
       <c r="H552" t="s">
-        <v>2346</v>
+        <v>2337</v>
       </c>
       <c r="K552" t="s">
-        <v>2347</v>
+        <v>2338</v>
       </c>
       <c r="L552" t="s">
-        <v>2348</v>
+        <v>2339</v>
       </c>
       <c r="M552" t="s">
-        <v>2349</v>
+        <v>2340</v>
       </c>
       <c r="N552">
         <v>3</v>
       </c>
       <c r="O552" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P552" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R552">
         <v>999</v>
       </c>
     </row>
     <row r="553" spans="1:18">
       <c r="A553">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B553" t="s">
-        <v>2350</v>
+        <v>2329</v>
       </c>
       <c r="C553" t="s">
-        <v>2351</v>
+        <v>27</v>
       </c>
       <c r="E553" t="s">
-        <v>2352</v>
+        <v>2341</v>
+      </c>
+      <c r="G553" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H553" t="s">
+        <v>2343</v>
       </c>
       <c r="K553" t="s">
-        <v>2353</v>
+        <v>2344</v>
       </c>
       <c r="L553" t="s">
-        <v>2354</v>
+        <v>2345</v>
       </c>
       <c r="M553" t="s">
-        <v>2355</v>
+        <v>2346</v>
       </c>
       <c r="N553">
         <v>3</v>
       </c>
       <c r="O553" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P553" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R553">
         <v>999</v>
       </c>
     </row>
     <row r="554" spans="1:18">
       <c r="A554">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="B554" t="s">
-        <v>2356</v>
+        <v>2347</v>
       </c>
       <c r="C554" t="s">
-        <v>2357</v>
+        <v>2348</v>
       </c>
       <c r="E554" t="s">
-        <v>2358</v>
+        <v>2349</v>
       </c>
       <c r="K554" t="s">
-        <v>2359</v>
+        <v>2350</v>
       </c>
       <c r="L554" t="s">
-        <v>2360</v>
+        <v>2351</v>
       </c>
       <c r="M554" t="s">
-        <v>2361</v>
+        <v>2352</v>
       </c>
       <c r="N554">
         <v>3</v>
       </c>
       <c r="O554" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P554" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R554">
         <v>999</v>
       </c>
     </row>
     <row r="555" spans="1:18">
       <c r="A555">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B555" t="s">
-        <v>2362</v>
+        <v>2353</v>
       </c>
       <c r="C555" t="s">
-        <v>2363</v>
+        <v>2354</v>
       </c>
       <c r="E555" t="s">
-        <v>2364</v>
+        <v>2355</v>
+      </c>
+      <c r="H555" t="s">
+        <v>2356</v>
       </c>
       <c r="K555" t="s">
-        <v>2365</v>
+        <v>2357</v>
       </c>
       <c r="L555" t="s">
-        <v>2366</v>
+        <v>2358</v>
       </c>
       <c r="M555" t="s">
-        <v>2367</v>
+        <v>2359</v>
       </c>
       <c r="N555">
         <v>3</v>
       </c>
       <c r="O555" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P555" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R555">
         <v>999</v>
       </c>
     </row>
     <row r="556" spans="1:18">
       <c r="A556">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B556" t="s">
-        <v>2368</v>
+        <v>2360</v>
       </c>
       <c r="C556" t="s">
-        <v>2369</v>
+        <v>2361</v>
       </c>
       <c r="E556" t="s">
-        <v>2370</v>
+        <v>2362</v>
+      </c>
+      <c r="H556" t="s">
+        <v>2363</v>
       </c>
       <c r="K556" t="s">
-        <v>2371</v>
+        <v>2364</v>
       </c>
       <c r="L556" t="s">
-        <v>2372</v>
+        <v>2365</v>
       </c>
       <c r="M556" t="s">
-        <v>2373</v>
+        <v>2366</v>
       </c>
       <c r="N556">
         <v>3</v>
       </c>
       <c r="O556" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P556" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R556">
         <v>999</v>
       </c>
     </row>
     <row r="557" spans="1:18">
       <c r="A557">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B557" t="s">
-        <v>2374</v>
+        <v>2367</v>
       </c>
       <c r="C557" t="s">
-        <v>2375</v>
+        <v>2368</v>
       </c>
       <c r="E557" t="s">
-        <v>2376</v>
-[...5 lines deleted...]
-        <v>2378</v>
+        <v>2369</v>
       </c>
       <c r="K557" t="s">
-        <v>2379</v>
+        <v>2370</v>
       </c>
       <c r="L557" t="s">
-        <v>2380</v>
+        <v>2371</v>
       </c>
       <c r="M557" t="s">
-        <v>2381</v>
+        <v>2372</v>
       </c>
       <c r="N557">
         <v>3</v>
       </c>
       <c r="O557" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P557" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R557">
         <v>999</v>
       </c>
     </row>
     <row r="558" spans="1:18">
       <c r="A558">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="B558" t="s">
-        <v>2382</v>
+        <v>2373</v>
       </c>
       <c r="C558" t="s">
-        <v>2383</v>
+        <v>2374</v>
       </c>
       <c r="E558" t="s">
-        <v>2384</v>
+        <v>2375</v>
       </c>
       <c r="K558" t="s">
-        <v>2385</v>
+        <v>2376</v>
       </c>
       <c r="L558" t="s">
-        <v>2386</v>
+        <v>2377</v>
       </c>
       <c r="M558" t="s">
-        <v>2387</v>
+        <v>2378</v>
       </c>
       <c r="N558">
         <v>3</v>
       </c>
       <c r="O558" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P558" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R558">
         <v>999</v>
       </c>
     </row>
     <row r="559" spans="1:18">
       <c r="A559">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B559" t="s">
-        <v>2388</v>
+        <v>2379</v>
       </c>
       <c r="C559" t="s">
-        <v>2389</v>
+        <v>2380</v>
       </c>
       <c r="E559" t="s">
-        <v>2390</v>
-[...2 lines deleted...]
-        <v>2391</v>
+        <v>2381</v>
       </c>
       <c r="K559" t="s">
-        <v>2392</v>
+        <v>2382</v>
       </c>
       <c r="L559" t="s">
-        <v>2393</v>
+        <v>2383</v>
       </c>
       <c r="M559" t="s">
-        <v>2394</v>
+        <v>2384</v>
       </c>
       <c r="N559">
         <v>3</v>
       </c>
       <c r="O559" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P559" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R559">
         <v>999</v>
       </c>
     </row>
     <row r="560" spans="1:18">
       <c r="A560">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B560" t="s">
-        <v>2395</v>
+        <v>2385</v>
       </c>
       <c r="C560" t="s">
-        <v>2396</v>
+        <v>2386</v>
       </c>
       <c r="E560" t="s">
-        <v>2397</v>
+        <v>2387</v>
       </c>
       <c r="K560" t="s">
-        <v>2398</v>
+        <v>2388</v>
       </c>
       <c r="L560" t="s">
-        <v>2399</v>
+        <v>2389</v>
       </c>
       <c r="M560" t="s">
-        <v>2400</v>
+        <v>2390</v>
       </c>
       <c r="N560">
         <v>3</v>
       </c>
       <c r="O560" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P560" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R560">
         <v>999</v>
       </c>
     </row>
     <row r="561" spans="1:18">
       <c r="A561">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B561" t="s">
-        <v>2401</v>
+        <v>2391</v>
       </c>
       <c r="C561" t="s">
-        <v>2402</v>
+        <v>2392</v>
       </c>
       <c r="E561" t="s">
-        <v>2403</v>
+        <v>2393</v>
+      </c>
+      <c r="G561" t="s">
+        <v>2394</v>
+      </c>
+      <c r="H561" t="s">
+        <v>2395</v>
       </c>
       <c r="K561" t="s">
-        <v>2404</v>
+        <v>2396</v>
       </c>
       <c r="L561" t="s">
-        <v>2405</v>
+        <v>2397</v>
       </c>
       <c r="M561" t="s">
-        <v>2406</v>
+        <v>2398</v>
       </c>
       <c r="N561">
         <v>3</v>
       </c>
       <c r="O561" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P561" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R561">
         <v>999</v>
       </c>
     </row>
     <row r="562" spans="1:18">
       <c r="A562">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="B562" t="s">
-        <v>2407</v>
+        <v>2399</v>
       </c>
       <c r="C562" t="s">
-        <v>2408</v>
+        <v>2400</v>
       </c>
       <c r="E562" t="s">
-        <v>2409</v>
-[...2 lines deleted...]
-        <v>2410</v>
+        <v>2401</v>
       </c>
       <c r="K562" t="s">
-        <v>2411</v>
+        <v>2402</v>
       </c>
       <c r="L562" t="s">
-        <v>2412</v>
+        <v>2403</v>
       </c>
       <c r="M562" t="s">
-        <v>2413</v>
+        <v>2404</v>
       </c>
       <c r="N562">
         <v>3</v>
       </c>
       <c r="O562" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P562" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R562">
         <v>999</v>
       </c>
     </row>
     <row r="563" spans="1:18">
       <c r="A563">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B563" t="s">
-        <v>2414</v>
+        <v>2405</v>
       </c>
       <c r="C563" t="s">
-        <v>2415</v>
+        <v>2406</v>
       </c>
       <c r="E563" t="s">
-        <v>2416</v>
+        <v>2407</v>
+      </c>
+      <c r="H563" t="s">
+        <v>2408</v>
       </c>
       <c r="K563" t="s">
-        <v>2417</v>
+        <v>2409</v>
       </c>
       <c r="L563" t="s">
-        <v>2418</v>
+        <v>2410</v>
       </c>
       <c r="M563" t="s">
-        <v>2419</v>
+        <v>2411</v>
       </c>
       <c r="N563">
         <v>3</v>
       </c>
       <c r="O563" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P563" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R563">
         <v>999</v>
       </c>
     </row>
     <row r="564" spans="1:18">
       <c r="A564">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B564" t="s">
-        <v>2420</v>
+        <v>2412</v>
       </c>
       <c r="C564" t="s">
-        <v>2421</v>
+        <v>2413</v>
       </c>
       <c r="E564" t="s">
-        <v>2422</v>
+        <v>2414</v>
       </c>
       <c r="K564" t="s">
-        <v>2423</v>
+        <v>2415</v>
       </c>
       <c r="L564" t="s">
-        <v>2424</v>
+        <v>2416</v>
       </c>
       <c r="M564" t="s">
-        <v>2425</v>
+        <v>2417</v>
       </c>
       <c r="N564">
         <v>3</v>
       </c>
       <c r="O564" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P564" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R564">
         <v>999</v>
       </c>
     </row>
     <row r="565" spans="1:18">
       <c r="A565">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B565" t="s">
-        <v>2426</v>
+        <v>2418</v>
       </c>
       <c r="C565" t="s">
-        <v>2427</v>
+        <v>2419</v>
       </c>
       <c r="E565" t="s">
-        <v>2428</v>
-[...2 lines deleted...]
-        <v>2429</v>
+        <v>2420</v>
       </c>
       <c r="K565" t="s">
-        <v>2430</v>
+        <v>2421</v>
       </c>
       <c r="L565" t="s">
-        <v>2431</v>
+        <v>2422</v>
       </c>
       <c r="M565" t="s">
-        <v>2432</v>
+        <v>2423</v>
       </c>
       <c r="N565">
         <v>3</v>
       </c>
       <c r="O565" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P565" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R565">
         <v>999</v>
       </c>
     </row>
     <row r="566" spans="1:18">
       <c r="A566">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B566" t="s">
-        <v>2433</v>
+        <v>2424</v>
       </c>
       <c r="C566" t="s">
-        <v>2434</v>
+        <v>2425</v>
       </c>
       <c r="E566" t="s">
-        <v>2435</v>
+        <v>2426</v>
+      </c>
+      <c r="H566" t="s">
+        <v>2427</v>
       </c>
       <c r="K566" t="s">
-        <v>2436</v>
+        <v>2428</v>
       </c>
       <c r="L566" t="s">
-        <v>2437</v>
+        <v>2429</v>
       </c>
       <c r="M566" t="s">
-        <v>2438</v>
+        <v>2430</v>
       </c>
       <c r="N566">
         <v>3</v>
       </c>
       <c r="O566" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P566" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R566">
         <v>999</v>
       </c>
     </row>
     <row r="567" spans="1:18">
       <c r="A567">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B567" t="s">
-        <v>2439</v>
+        <v>2431</v>
       </c>
       <c r="C567" t="s">
-        <v>2440</v>
+        <v>2432</v>
       </c>
       <c r="E567" t="s">
-        <v>2441</v>
+        <v>2433</v>
       </c>
       <c r="K567" t="s">
-        <v>2442</v>
+        <v>2434</v>
       </c>
       <c r="L567" t="s">
-        <v>2443</v>
+        <v>2435</v>
       </c>
       <c r="M567" t="s">
-        <v>2444</v>
+        <v>2436</v>
       </c>
       <c r="N567">
         <v>3</v>
       </c>
       <c r="O567" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P567" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R567">
         <v>999</v>
       </c>
     </row>
     <row r="568" spans="1:18">
       <c r="A568">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B568" t="s">
-        <v>2445</v>
+        <v>2437</v>
       </c>
       <c r="C568" t="s">
-        <v>2446</v>
+        <v>2438</v>
       </c>
       <c r="E568" t="s">
-        <v>2447</v>
+        <v>2439</v>
       </c>
       <c r="K568" t="s">
-        <v>2448</v>
+        <v>2440</v>
       </c>
       <c r="L568" t="s">
-        <v>2449</v>
+        <v>2441</v>
       </c>
       <c r="M568" t="s">
-        <v>2450</v>
+        <v>2442</v>
       </c>
       <c r="N568">
         <v>3</v>
       </c>
       <c r="O568" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P568" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R568">
         <v>999</v>
       </c>
     </row>
     <row r="569" spans="1:18">
       <c r="A569">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B569" t="s">
-        <v>2439</v>
+        <v>2443</v>
       </c>
       <c r="C569" t="s">
-        <v>2440</v>
+        <v>2444</v>
       </c>
       <c r="E569" t="s">
-        <v>2451</v>
+        <v>2445</v>
+      </c>
+      <c r="H569" t="s">
+        <v>2446</v>
       </c>
       <c r="K569" t="s">
-        <v>2452</v>
+        <v>2447</v>
       </c>
       <c r="L569" t="s">
-        <v>2453</v>
+        <v>2448</v>
       </c>
       <c r="M569" t="s">
-        <v>2454</v>
+        <v>2449</v>
       </c>
       <c r="N569">
         <v>3</v>
       </c>
       <c r="O569" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P569" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R569">
         <v>999</v>
       </c>
     </row>
     <row r="570" spans="1:18">
       <c r="A570">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B570" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E570" t="s">
+        <v>2452</v>
+      </c>
+      <c r="K570" t="s">
+        <v>2453</v>
+      </c>
+      <c r="L570" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M570" t="s">
         <v>2455</v>
       </c>
-      <c r="C570" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N570">
         <v>3</v>
       </c>
       <c r="O570" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P570" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R570">
         <v>999</v>
       </c>
     </row>
     <row r="571" spans="1:18">
       <c r="A571">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B571" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="C571" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="E571" t="s">
+        <v>2458</v>
+      </c>
+      <c r="K571" t="s">
+        <v>2459</v>
+      </c>
+      <c r="L571" t="s">
+        <v>2460</v>
+      </c>
+      <c r="M571" t="s">
         <v>2461</v>
       </c>
-      <c r="K571" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N571">
         <v>3</v>
       </c>
       <c r="O571" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P571" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R571">
         <v>999</v>
       </c>
     </row>
     <row r="572" spans="1:18">
       <c r="A572">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B572" t="s">
-        <v>2455</v>
+        <v>2462</v>
       </c>
       <c r="C572" t="s">
-        <v>2456</v>
+        <v>2463</v>
       </c>
       <c r="E572" t="s">
+        <v>2464</v>
+      </c>
+      <c r="K572" t="s">
         <v>2465</v>
       </c>
-      <c r="G572" t="s">
+      <c r="L572" t="s">
         <v>2466</v>
       </c>
-      <c r="K572" t="s">
+      <c r="M572" t="s">
         <v>2467</v>
       </c>
-      <c r="L572" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N572">
         <v>3</v>
       </c>
       <c r="O572" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P572" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R572">
         <v>999</v>
       </c>
     </row>
     <row r="573" spans="1:18">
       <c r="A573">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B573" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="C573" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="E573" t="s">
+        <v>2468</v>
+      </c>
+      <c r="K573" t="s">
+        <v>2469</v>
+      </c>
+      <c r="L573" t="s">
         <v>2470</v>
       </c>
-      <c r="K573" t="s">
+      <c r="M573" t="s">
         <v>2471</v>
       </c>
-      <c r="L573" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N573">
         <v>3</v>
       </c>
       <c r="O573" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P573" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R573">
         <v>999</v>
       </c>
     </row>
     <row r="574" spans="1:18">
       <c r="A574">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B574" t="s">
-        <v>2455</v>
+        <v>2472</v>
       </c>
       <c r="C574" t="s">
-        <v>2456</v>
+        <v>2473</v>
       </c>
       <c r="E574" t="s">
         <v>2474</v>
       </c>
       <c r="K574" t="s">
         <v>2475</v>
       </c>
       <c r="L574" t="s">
         <v>2476</v>
       </c>
       <c r="M574" t="s">
         <v>2477</v>
       </c>
       <c r="N574">
         <v>3</v>
       </c>
       <c r="O574" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P574" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R574">
         <v>999</v>
       </c>
     </row>
     <row r="575" spans="1:18">
       <c r="A575">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B575" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2473</v>
+      </c>
+      <c r="E575" t="s">
         <v>2478</v>
       </c>
-      <c r="C575" t="s">
+      <c r="K575" t="s">
         <v>2479</v>
       </c>
-      <c r="E575" t="s">
+      <c r="L575" t="s">
         <v>2480</v>
       </c>
-      <c r="K575" t="s">
+      <c r="M575" t="s">
         <v>2481</v>
       </c>
-      <c r="L575" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N575">
         <v>3</v>
       </c>
       <c r="O575" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P575" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R575">
         <v>999</v>
       </c>
     </row>
     <row r="576" spans="1:18">
       <c r="A576">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B576" t="s">
-        <v>2254</v>
+        <v>2472</v>
       </c>
       <c r="C576" t="s">
-        <v>2254</v>
+        <v>2473</v>
       </c>
       <c r="E576" t="s">
+        <v>2482</v>
+      </c>
+      <c r="G576" t="s">
+        <v>2483</v>
+      </c>
+      <c r="K576" t="s">
         <v>2484</v>
       </c>
-      <c r="K576" t="s">
+      <c r="L576" t="s">
         <v>2485</v>
       </c>
-      <c r="L576" t="s">
+      <c r="M576" t="s">
         <v>2486</v>
       </c>
-      <c r="M576" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N576">
         <v>3</v>
       </c>
       <c r="O576" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P576" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R576">
         <v>999</v>
       </c>
     </row>
     <row r="577" spans="1:18">
       <c r="A577">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B577" t="s">
-        <v>2254</v>
+        <v>2472</v>
       </c>
       <c r="C577" t="s">
-        <v>2254</v>
+        <v>2473</v>
       </c>
       <c r="E577" t="s">
+        <v>2487</v>
+      </c>
+      <c r="K577" t="s">
         <v>2488</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="L577" t="s">
         <v>2489</v>
       </c>
       <c r="M577" t="s">
         <v>2490</v>
       </c>
       <c r="N577">
         <v>3</v>
       </c>
       <c r="O577" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P577" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R577">
         <v>999</v>
       </c>
     </row>
     <row r="578" spans="1:18">
       <c r="A578">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B578" t="s">
-        <v>2254</v>
+        <v>2472</v>
       </c>
       <c r="C578" t="s">
-        <v>2254</v>
+        <v>2473</v>
       </c>
       <c r="E578" t="s">
         <v>2491</v>
       </c>
-      <c r="H578" t="s">
+      <c r="K578" t="s">
         <v>2492</v>
       </c>
-      <c r="K578" t="s">
+      <c r="L578" t="s">
         <v>2493</v>
       </c>
-      <c r="L578" t="s">
+      <c r="M578" t="s">
         <v>2494</v>
       </c>
-      <c r="M578" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N578">
         <v>3</v>
       </c>
       <c r="O578" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P578" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R578">
         <v>999</v>
       </c>
     </row>
     <row r="579" spans="1:18">
       <c r="A579">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B579" t="s">
-        <v>2254</v>
+        <v>2495</v>
       </c>
       <c r="C579" t="s">
-        <v>2254</v>
+        <v>2496</v>
       </c>
       <c r="E579" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="K579" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="L579" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="M579" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="N579">
         <v>3</v>
       </c>
       <c r="O579" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P579" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R579">
         <v>999</v>
       </c>
     </row>
     <row r="580" spans="1:18">
       <c r="A580">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B580" t="s">
-        <v>2500</v>
+        <v>2272</v>
       </c>
       <c r="C580" t="s">
-        <v>2254</v>
+        <v>2272</v>
       </c>
       <c r="E580" t="s">
         <v>2501</v>
       </c>
       <c r="K580" t="s">
-        <v>1713</v>
+        <v>2502</v>
       </c>
       <c r="L580" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="M580" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="N580">
         <v>3</v>
       </c>
       <c r="O580" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P580" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R580">
         <v>999</v>
       </c>
     </row>
     <row r="581" spans="1:18">
       <c r="A581">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B581" t="s">
-        <v>2254</v>
+        <v>2272</v>
       </c>
       <c r="C581" t="s">
-        <v>2254</v>
+        <v>2272</v>
       </c>
       <c r="E581" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="K581" t="s">
-        <v>2505</v>
+        <v>626</v>
       </c>
       <c r="L581" t="s">
         <v>2506</v>
       </c>
       <c r="M581" t="s">
         <v>2507</v>
       </c>
       <c r="N581">
         <v>3</v>
       </c>
       <c r="O581" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P581" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R581">
         <v>999</v>
       </c>
     </row>
     <row r="582" spans="1:18">
       <c r="A582">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="B582" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C582" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E582" t="s">
         <v>2508</v>
       </c>
-      <c r="C582" t="s">
+      <c r="H582" t="s">
         <v>2509</v>
       </c>
-      <c r="E582" t="s">
+      <c r="K582" t="s">
         <v>2510</v>
       </c>
-      <c r="K582" t="s">
+      <c r="L582" t="s">
         <v>2511</v>
       </c>
-      <c r="L582" t="s">
+      <c r="M582" t="s">
         <v>2512</v>
       </c>
-      <c r="M582" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N582">
         <v>3</v>
       </c>
       <c r="O582" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P582" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R582">
         <v>999</v>
       </c>
     </row>
     <row r="583" spans="1:18">
       <c r="A583">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B583" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C583" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E583" t="s">
+        <v>2513</v>
+      </c>
+      <c r="K583" t="s">
         <v>2514</v>
       </c>
-      <c r="C583" t="s">
+      <c r="L583" t="s">
         <v>2515</v>
       </c>
-      <c r="E583" t="s">
+      <c r="M583" t="s">
         <v>2516</v>
       </c>
-      <c r="K583" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N583">
         <v>3</v>
       </c>
       <c r="O583" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P583" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R583">
         <v>999</v>
       </c>
     </row>
     <row r="584" spans="1:18">
       <c r="A584">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B584" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C584" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E584" t="s">
+        <v>2518</v>
+      </c>
+      <c r="K584" t="s">
+        <v>1731</v>
+      </c>
+      <c r="L584" t="s">
+        <v>2519</v>
+      </c>
+      <c r="M584" t="s">
         <v>2520</v>
       </c>
-      <c r="C584" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N584">
         <v>3</v>
       </c>
       <c r="O584" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P584" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R584">
         <v>999</v>
       </c>
     </row>
     <row r="585" spans="1:18">
       <c r="A585">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B585" t="s">
-        <v>2526</v>
+        <v>2272</v>
       </c>
       <c r="C585" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E585" t="s">
         <v>2521</v>
       </c>
-      <c r="E585" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K585" t="s">
-        <v>2528</v>
+        <v>2522</v>
       </c>
       <c r="L585" t="s">
-        <v>2529</v>
+        <v>2523</v>
       </c>
       <c r="M585" t="s">
-        <v>2530</v>
+        <v>2524</v>
       </c>
       <c r="N585">
         <v>3</v>
       </c>
       <c r="O585" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P585" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R585">
         <v>999</v>
       </c>
     </row>
     <row r="586" spans="1:18">
       <c r="A586">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B586" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C586" t="s">
         <v>2526</v>
       </c>
-      <c r="C586" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E586" t="s">
-        <v>2531</v>
+        <v>2527</v>
       </c>
       <c r="K586" t="s">
-        <v>2532</v>
+        <v>2528</v>
       </c>
       <c r="L586" t="s">
-        <v>2533</v>
+        <v>2529</v>
       </c>
       <c r="M586" t="s">
-        <v>2534</v>
+        <v>2530</v>
       </c>
       <c r="N586">
         <v>3</v>
       </c>
       <c r="O586" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P586" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R586">
         <v>999</v>
       </c>
     </row>
     <row r="587" spans="1:18">
       <c r="A587">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B587" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2532</v>
+      </c>
+      <c r="E587" t="s">
+        <v>2533</v>
+      </c>
+      <c r="K587" t="s">
+        <v>2534</v>
+      </c>
+      <c r="L587" t="s">
         <v>2535</v>
       </c>
-      <c r="C587" t="s">
-[...2 lines deleted...]
-      <c r="E587" t="s">
+      <c r="M587" t="s">
         <v>2536</v>
       </c>
-      <c r="K587" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N587">
         <v>3</v>
       </c>
       <c r="O587" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P587" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R587">
         <v>999</v>
       </c>
     </row>
     <row r="588" spans="1:18">
       <c r="A588">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B588" t="s">
-        <v>2535</v>
+        <v>2537</v>
       </c>
       <c r="C588" t="s">
-        <v>2515</v>
+        <v>2538</v>
       </c>
       <c r="E588" t="s">
+        <v>2539</v>
+      </c>
+      <c r="K588" t="s">
         <v>2540</v>
       </c>
-      <c r="K588" t="s">
+      <c r="L588" t="s">
         <v>2541</v>
       </c>
-      <c r="L588" t="s">
+      <c r="M588" t="s">
         <v>2542</v>
       </c>
-      <c r="M588" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N588">
         <v>3</v>
       </c>
       <c r="O588" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P588" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R588">
         <v>999</v>
       </c>
     </row>
     <row r="589" spans="1:18">
       <c r="A589">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B589" t="s">
-        <v>2526</v>
+        <v>2543</v>
       </c>
       <c r="C589" t="s">
-        <v>2521</v>
+        <v>2538</v>
       </c>
       <c r="E589" t="s">
         <v>2544</v>
       </c>
       <c r="K589" t="s">
         <v>2545</v>
       </c>
       <c r="L589" t="s">
         <v>2546</v>
       </c>
       <c r="M589" t="s">
         <v>2547</v>
       </c>
       <c r="N589">
         <v>3</v>
       </c>
       <c r="O589" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P589" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R589">
         <v>999</v>
       </c>
     </row>
     <row r="590" spans="1:18">
       <c r="A590">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B590" t="s">
-        <v>2526</v>
+        <v>2543</v>
       </c>
       <c r="C590" t="s">
-        <v>2521</v>
+        <v>2538</v>
       </c>
       <c r="E590" t="s">
         <v>2548</v>
       </c>
       <c r="K590" t="s">
         <v>2549</v>
       </c>
       <c r="L590" t="s">
         <v>2550</v>
       </c>
       <c r="M590" t="s">
         <v>2551</v>
       </c>
       <c r="N590">
         <v>3</v>
       </c>
       <c r="O590" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P590" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R590">
         <v>999</v>
       </c>
     </row>
     <row r="591" spans="1:18">
       <c r="A591">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B591" t="s">
-        <v>2526</v>
+        <v>2552</v>
       </c>
       <c r="C591" t="s">
-        <v>2521</v>
+        <v>2532</v>
       </c>
       <c r="E591" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="K591" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="L591" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="M591" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="N591">
         <v>3</v>
       </c>
       <c r="O591" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P591" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R591">
         <v>999</v>
       </c>
     </row>
     <row r="592" spans="1:18">
       <c r="A592">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B592" t="s">
-        <v>2535</v>
+        <v>2552</v>
       </c>
       <c r="C592" t="s">
-        <v>2515</v>
+        <v>2532</v>
       </c>
       <c r="E592" t="s">
-        <v>2556</v>
-[...1 lines deleted...]
-      <c r="G592" t="s">
         <v>2557</v>
       </c>
       <c r="K592" t="s">
         <v>2558</v>
       </c>
       <c r="L592" t="s">
         <v>2559</v>
       </c>
       <c r="M592" t="s">
         <v>2560</v>
       </c>
       <c r="N592">
         <v>3</v>
       </c>
       <c r="O592" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P592" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R592">
         <v>999</v>
       </c>
     </row>
     <row r="593" spans="1:18">
       <c r="A593">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B593" t="s">
-        <v>2535</v>
+        <v>2543</v>
       </c>
       <c r="C593" t="s">
-        <v>2515</v>
+        <v>2538</v>
       </c>
       <c r="E593" t="s">
         <v>2561</v>
       </c>
       <c r="K593" t="s">
         <v>2562</v>
       </c>
       <c r="L593" t="s">
         <v>2563</v>
       </c>
       <c r="M593" t="s">
         <v>2564</v>
       </c>
       <c r="N593">
         <v>3</v>
       </c>
       <c r="O593" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P593" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R593">
         <v>999</v>
       </c>
     </row>
     <row r="594" spans="1:18">
       <c r="A594">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B594" t="s">
-        <v>2514</v>
+        <v>2543</v>
       </c>
       <c r="C594" t="s">
-        <v>2515</v>
+        <v>2538</v>
       </c>
       <c r="E594" t="s">
         <v>2565</v>
       </c>
       <c r="K594" t="s">
         <v>2566</v>
       </c>
       <c r="L594" t="s">
         <v>2567</v>
       </c>
       <c r="M594" t="s">
         <v>2568</v>
       </c>
       <c r="N594">
         <v>3</v>
       </c>
       <c r="O594" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P594" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R594">
         <v>999</v>
       </c>
     </row>
     <row r="595" spans="1:18">
       <c r="A595">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B595" t="s">
-        <v>2526</v>
+        <v>2543</v>
       </c>
       <c r="C595" t="s">
-        <v>2521</v>
+        <v>2538</v>
       </c>
       <c r="E595" t="s">
         <v>2569</v>
       </c>
       <c r="K595" t="s">
         <v>2570</v>
       </c>
       <c r="L595" t="s">
         <v>2571</v>
       </c>
       <c r="M595" t="s">
         <v>2572</v>
       </c>
       <c r="N595">
         <v>3</v>
       </c>
       <c r="O595" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P595" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R595">
         <v>999</v>
       </c>
     </row>
     <row r="596" spans="1:18">
       <c r="A596">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B596" t="s">
-        <v>2520</v>
+        <v>2552</v>
       </c>
       <c r="C596" t="s">
-        <v>2521</v>
+        <v>2532</v>
       </c>
       <c r="E596" t="s">
         <v>2573</v>
       </c>
+      <c r="G596" t="s">
+        <v>2574</v>
+      </c>
       <c r="K596" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="L596" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="M596" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
       <c r="N596">
         <v>3</v>
       </c>
       <c r="O596" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P596" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R596">
         <v>999</v>
       </c>
     </row>
     <row r="597" spans="1:18">
       <c r="A597">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="B597" t="s">
-        <v>2526</v>
+        <v>2552</v>
       </c>
       <c r="C597" t="s">
-        <v>2521</v>
+        <v>2532</v>
       </c>
       <c r="E597" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
       <c r="K597" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="L597" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="M597" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="N597">
         <v>3</v>
       </c>
       <c r="O597" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P597" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R597">
         <v>999</v>
       </c>
     </row>
     <row r="598" spans="1:18">
       <c r="A598">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B598" t="s">
-        <v>2526</v>
+        <v>2531</v>
       </c>
       <c r="C598" t="s">
-        <v>2521</v>
+        <v>2532</v>
       </c>
       <c r="E598" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="K598" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="L598" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="M598" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="N598">
         <v>3</v>
       </c>
       <c r="O598" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P598" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R598">
         <v>999</v>
       </c>
     </row>
     <row r="599" spans="1:18">
       <c r="A599">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B599" t="s">
-        <v>2585</v>
+        <v>2543</v>
       </c>
       <c r="C599" t="s">
+        <v>2538</v>
+      </c>
+      <c r="E599" t="s">
         <v>2586</v>
       </c>
-      <c r="E599" t="s">
+      <c r="K599" t="s">
         <v>2587</v>
-      </c>
-[...1 lines deleted...]
-        <v>1501</v>
       </c>
       <c r="L599" t="s">
         <v>2588</v>
       </c>
       <c r="M599" t="s">
         <v>2589</v>
       </c>
       <c r="N599">
         <v>3</v>
       </c>
       <c r="O599" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P599" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R599">
         <v>999</v>
       </c>
     </row>
     <row r="600" spans="1:18">
       <c r="A600">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B600" t="s">
+        <v>2537</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2538</v>
+      </c>
+      <c r="E600" t="s">
         <v>2590</v>
       </c>
-      <c r="C600" t="s">
-[...2 lines deleted...]
-      <c r="E600" t="s">
+      <c r="K600" t="s">
         <v>2591</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="L600" t="s">
         <v>2592</v>
       </c>
       <c r="M600" t="s">
         <v>2593</v>
       </c>
       <c r="N600">
         <v>3</v>
       </c>
       <c r="O600" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P600" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R600">
         <v>999</v>
       </c>
     </row>
     <row r="601" spans="1:18">
       <c r="A601">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B601" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2538</v>
+      </c>
+      <c r="E601" t="s">
         <v>2594</v>
       </c>
-      <c r="C601" t="s">
+      <c r="K601" t="s">
         <v>2595</v>
       </c>
-      <c r="E601" t="s">
+      <c r="L601" t="s">
         <v>2596</v>
       </c>
-      <c r="K601" t="s">
+      <c r="M601" t="s">
         <v>2597</v>
       </c>
-      <c r="L601" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N601">
         <v>3</v>
       </c>
       <c r="O601" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P601" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R601">
         <v>999</v>
       </c>
     </row>
     <row r="602" spans="1:18">
       <c r="A602">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B602" t="s">
-        <v>2594</v>
+        <v>2543</v>
       </c>
       <c r="C602" t="s">
-        <v>2595</v>
+        <v>2538</v>
       </c>
       <c r="E602" t="s">
+        <v>2598</v>
+      </c>
+      <c r="K602" t="s">
+        <v>2599</v>
+      </c>
+      <c r="L602" t="s">
         <v>2600</v>
       </c>
-      <c r="K602" t="s">
+      <c r="M602" t="s">
         <v>2601</v>
       </c>
-      <c r="L602" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N602">
         <v>3</v>
       </c>
       <c r="O602" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P602" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R602">
         <v>999</v>
       </c>
     </row>
     <row r="603" spans="1:18">
       <c r="A603">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B603" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2603</v>
+      </c>
+      <c r="E603" t="s">
         <v>2604</v>
       </c>
-      <c r="C603" t="s">
+      <c r="K603" t="s">
+        <v>1520</v>
+      </c>
+      <c r="L603" t="s">
         <v>2605</v>
       </c>
-      <c r="E603" t="s">
+      <c r="M603" t="s">
         <v>2606</v>
       </c>
-      <c r="H603" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N603">
         <v>3</v>
       </c>
       <c r="O603" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P603" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R603">
         <v>999</v>
       </c>
     </row>
     <row r="604" spans="1:18">
       <c r="A604">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="B604" t="s">
-        <v>2611</v>
+        <v>2607</v>
       </c>
       <c r="C604" t="s">
-        <v>2605</v>
+        <v>2603</v>
       </c>
       <c r="E604" t="s">
-        <v>2612</v>
+        <v>2608</v>
       </c>
       <c r="K604" t="s">
-        <v>2613</v>
+        <v>442</v>
       </c>
       <c r="L604" t="s">
-        <v>2614</v>
+        <v>2609</v>
       </c>
       <c r="M604" t="s">
-        <v>2615</v>
+        <v>2610</v>
       </c>
       <c r="N604">
         <v>3</v>
       </c>
       <c r="O604" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P604" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R604">
         <v>999</v>
       </c>
     </row>
     <row r="605" spans="1:18">
       <c r="A605">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="B605" t="s">
-        <v>2604</v>
+        <v>2611</v>
       </c>
       <c r="C605" t="s">
-        <v>2605</v>
+        <v>2612</v>
       </c>
       <c r="E605" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K605" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L605" t="s">
+        <v>2615</v>
+      </c>
+      <c r="M605" t="s">
         <v>2616</v>
       </c>
-      <c r="K605" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N605">
         <v>3</v>
       </c>
       <c r="O605" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P605" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R605">
         <v>999</v>
       </c>
     </row>
     <row r="606" spans="1:18">
       <c r="A606">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B606" t="s">
         <v>2611</v>
       </c>
       <c r="C606" t="s">
-        <v>2605</v>
+        <v>2612</v>
       </c>
       <c r="E606" t="s">
+        <v>2617</v>
+      </c>
+      <c r="K606" t="s">
+        <v>2618</v>
+      </c>
+      <c r="L606" t="s">
+        <v>2619</v>
+      </c>
+      <c r="M606" t="s">
         <v>2620</v>
       </c>
-      <c r="K606" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N606">
         <v>3</v>
       </c>
       <c r="O606" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P606" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R606">
         <v>999</v>
       </c>
     </row>
     <row r="607" spans="1:18">
       <c r="A607">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B607" t="s">
-        <v>2604</v>
+        <v>2621</v>
       </c>
       <c r="C607" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="E607" t="s">
         <v>2623</v>
       </c>
+      <c r="H607" t="s">
+        <v>2624</v>
+      </c>
       <c r="K607" t="s">
-        <v>1279</v>
+        <v>2625</v>
       </c>
       <c r="L607" t="s">
-        <v>2624</v>
+        <v>2626</v>
       </c>
       <c r="M607" t="s">
-        <v>2625</v>
+        <v>2627</v>
       </c>
       <c r="N607">
         <v>3</v>
       </c>
       <c r="O607" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P607" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R607">
         <v>999</v>
       </c>
     </row>
     <row r="608" spans="1:18">
       <c r="A608">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="B608" t="s">
-        <v>2604</v>
+        <v>2628</v>
       </c>
       <c r="C608" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="E608" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
       <c r="K608" t="s">
-        <v>2627</v>
+        <v>2630</v>
       </c>
       <c r="L608" t="s">
-        <v>2628</v>
+        <v>2631</v>
       </c>
       <c r="M608" t="s">
-        <v>2629</v>
+        <v>2632</v>
       </c>
       <c r="N608">
         <v>3</v>
       </c>
       <c r="O608" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P608" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R608">
         <v>999</v>
       </c>
     </row>
     <row r="609" spans="1:18">
       <c r="A609">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="B609" t="s">
-        <v>2611</v>
+        <v>2621</v>
       </c>
       <c r="C609" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="E609" t="s">
-        <v>2630</v>
+        <v>2633</v>
       </c>
       <c r="K609" t="s">
-        <v>2631</v>
+        <v>2634</v>
       </c>
       <c r="L609" t="s">
-        <v>2632</v>
+        <v>2635</v>
       </c>
       <c r="M609" t="s">
-        <v>2633</v>
+        <v>2636</v>
       </c>
       <c r="N609">
         <v>3</v>
       </c>
       <c r="O609" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P609" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R609">
         <v>999</v>
       </c>
     </row>
     <row r="610" spans="1:18">
       <c r="A610">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B610" t="s">
-        <v>2604</v>
+        <v>2628</v>
       </c>
       <c r="C610" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="E610" t="s">
-        <v>2634</v>
+        <v>2637</v>
       </c>
       <c r="K610" t="s">
-        <v>2635</v>
+        <v>1579</v>
       </c>
       <c r="L610" t="s">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="M610" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="N610">
         <v>3</v>
       </c>
       <c r="O610" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P610" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R610">
         <v>999</v>
       </c>
     </row>
     <row r="611" spans="1:18">
       <c r="A611">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B611" t="s">
-        <v>2604</v>
+        <v>2621</v>
       </c>
       <c r="C611" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="E611" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="K611" t="s">
-        <v>2639</v>
+        <v>1298</v>
       </c>
       <c r="L611" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="M611" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="N611">
         <v>3</v>
       </c>
       <c r="O611" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P611" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R611">
         <v>999</v>
       </c>
     </row>
     <row r="612" spans="1:18">
       <c r="A612">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B612" t="s">
-        <v>2604</v>
+        <v>2621</v>
       </c>
       <c r="C612" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="E612" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="K612" t="s">
-        <v>394</v>
+        <v>2644</v>
       </c>
       <c r="L612" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
       <c r="M612" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
       <c r="N612">
         <v>3</v>
       </c>
       <c r="O612" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P612" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R612">
         <v>999</v>
       </c>
     </row>
     <row r="613" spans="1:18">
       <c r="A613">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B613" t="s">
-        <v>2604</v>
+        <v>2628</v>
       </c>
       <c r="C613" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="E613" t="s">
-        <v>2645</v>
+        <v>2647</v>
       </c>
       <c r="K613" t="s">
-        <v>402</v>
+        <v>2648</v>
       </c>
       <c r="L613" t="s">
-        <v>2646</v>
+        <v>2649</v>
       </c>
       <c r="M613" t="s">
-        <v>2647</v>
+        <v>2650</v>
       </c>
       <c r="N613">
         <v>3</v>
       </c>
       <c r="O613" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P613" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R613">
         <v>999</v>
       </c>
     </row>
     <row r="614" spans="1:18">
       <c r="A614">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B614" t="s">
-        <v>2648</v>
+        <v>2621</v>
       </c>
       <c r="C614" t="s">
-        <v>2649</v>
+        <v>2622</v>
       </c>
       <c r="E614" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="K614" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="L614" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
       <c r="M614" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="N614">
         <v>3</v>
       </c>
       <c r="O614" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P614" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R614">
         <v>999</v>
       </c>
     </row>
     <row r="615" spans="1:18">
       <c r="A615">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B615" t="s">
-        <v>2654</v>
+        <v>2621</v>
       </c>
       <c r="C615" t="s">
+        <v>2622</v>
+      </c>
+      <c r="E615" t="s">
         <v>2655</v>
       </c>
-      <c r="E615" t="s">
+      <c r="K615" t="s">
         <v>2656</v>
       </c>
-      <c r="K615" t="s">
+      <c r="L615" t="s">
         <v>2657</v>
       </c>
-      <c r="L615" t="s">
+      <c r="M615" t="s">
         <v>2658</v>
       </c>
-      <c r="M615" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N615">
         <v>3</v>
       </c>
       <c r="O615" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P615" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R615">
         <v>999</v>
       </c>
     </row>
     <row r="616" spans="1:18">
       <c r="A616">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B616" t="s">
-        <v>2654</v>
+        <v>2621</v>
       </c>
       <c r="C616" t="s">
-        <v>2655</v>
+        <v>2622</v>
       </c>
       <c r="E616" t="s">
+        <v>2659</v>
+      </c>
+      <c r="K616" t="s">
+        <v>414</v>
+      </c>
+      <c r="L616" t="s">
         <v>2660</v>
       </c>
-      <c r="K616" t="s">
+      <c r="M616" t="s">
         <v>2661</v>
       </c>
-      <c r="L616" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N616">
         <v>3</v>
       </c>
       <c r="O616" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P616" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R616">
         <v>999</v>
       </c>
     </row>
     <row r="617" spans="1:18">
       <c r="A617">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B617" t="s">
-        <v>2654</v>
+        <v>2621</v>
       </c>
       <c r="C617" t="s">
-        <v>2655</v>
+        <v>2622</v>
       </c>
       <c r="E617" t="s">
+        <v>2662</v>
+      </c>
+      <c r="K617" t="s">
+        <v>422</v>
+      </c>
+      <c r="L617" t="s">
+        <v>2663</v>
+      </c>
+      <c r="M617" t="s">
         <v>2664</v>
       </c>
-      <c r="K617" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N617">
         <v>3</v>
       </c>
       <c r="O617" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P617" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R617">
         <v>999</v>
       </c>
     </row>
     <row r="618" spans="1:18">
       <c r="A618">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B618" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2666</v>
+      </c>
+      <c r="E618" t="s">
+        <v>2667</v>
+      </c>
+      <c r="K618" t="s">
         <v>2668</v>
       </c>
-      <c r="C618" t="s">
+      <c r="L618" t="s">
         <v>2669</v>
       </c>
-      <c r="E618" t="s">
+      <c r="M618" t="s">
         <v>2670</v>
       </c>
-      <c r="K618" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N618">
         <v>3</v>
       </c>
       <c r="O618" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P618" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R618">
         <v>999</v>
       </c>
     </row>
     <row r="619" spans="1:18">
       <c r="A619">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B619" t="s">
-        <v>2668</v>
+        <v>2671</v>
       </c>
       <c r="C619" t="s">
-        <v>2669</v>
+        <v>2672</v>
       </c>
       <c r="E619" t="s">
+        <v>2673</v>
+      </c>
+      <c r="K619" t="s">
         <v>2674</v>
       </c>
-      <c r="H619" t="s">
+      <c r="L619" t="s">
         <v>2675</v>
       </c>
-      <c r="K619" t="s">
-[...2 lines deleted...]
-      <c r="L619" t="s">
+      <c r="M619" t="s">
         <v>2676</v>
       </c>
-      <c r="M619" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N619">
         <v>3</v>
       </c>
       <c r="O619" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P619" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R619">
         <v>999</v>
       </c>
     </row>
     <row r="620" spans="1:18">
       <c r="A620">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B620" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2672</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2677</v>
+      </c>
+      <c r="K620" t="s">
         <v>2678</v>
       </c>
-      <c r="C620" t="s">
+      <c r="L620" t="s">
         <v>2679</v>
       </c>
-      <c r="E620" t="s">
+      <c r="M620" t="s">
         <v>2680</v>
       </c>
-      <c r="K620" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N620">
         <v>3</v>
       </c>
       <c r="O620" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P620" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R620">
         <v>999</v>
       </c>
     </row>
     <row r="621" spans="1:18">
       <c r="A621">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B621" t="s">
-        <v>2678</v>
+        <v>2671</v>
       </c>
       <c r="C621" t="s">
-        <v>2679</v>
+        <v>2672</v>
       </c>
       <c r="E621" t="s">
+        <v>2681</v>
+      </c>
+      <c r="K621" t="s">
+        <v>2682</v>
+      </c>
+      <c r="L621" t="s">
+        <v>2683</v>
+      </c>
+      <c r="M621" t="s">
         <v>2684</v>
       </c>
-      <c r="K621" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N621">
         <v>3</v>
       </c>
       <c r="O621" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P621" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R621">
         <v>999</v>
       </c>
     </row>
     <row r="622" spans="1:18">
       <c r="A622">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B622" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2686</v>
+      </c>
+      <c r="E622" t="s">
+        <v>2687</v>
+      </c>
+      <c r="K622" t="s">
         <v>2688</v>
       </c>
-      <c r="C622" t="s">
+      <c r="L622" t="s">
         <v>2689</v>
       </c>
-      <c r="E622" t="s">
+      <c r="M622" t="s">
         <v>2690</v>
       </c>
-      <c r="K622" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N622">
         <v>3</v>
       </c>
       <c r="O622" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P622" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R622">
         <v>999</v>
       </c>
     </row>
     <row r="623" spans="1:18">
       <c r="A623">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B623" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2686</v>
+      </c>
+      <c r="E623" t="s">
+        <v>2691</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2692</v>
+      </c>
+      <c r="K623" t="s">
+        <v>442</v>
+      </c>
+      <c r="L623" t="s">
+        <v>2693</v>
+      </c>
+      <c r="M623" t="s">
         <v>2694</v>
       </c>
-      <c r="C623" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N623">
         <v>3</v>
       </c>
       <c r="O623" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P623" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R623">
         <v>999</v>
       </c>
     </row>
     <row r="624" spans="1:18">
       <c r="A624">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B624" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2696</v>
+      </c>
+      <c r="E624" t="s">
+        <v>2697</v>
+      </c>
+      <c r="K624" t="s">
+        <v>2698</v>
+      </c>
+      <c r="L624" t="s">
         <v>2699</v>
       </c>
-      <c r="C624" t="s">
+      <c r="M624" t="s">
         <v>2700</v>
       </c>
-      <c r="E624" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N624">
         <v>3</v>
       </c>
       <c r="O624" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P624" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R624">
         <v>999</v>
       </c>
     </row>
     <row r="625" spans="1:18">
       <c r="A625">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B625" t="s">
-        <v>2705</v>
+        <v>2695</v>
       </c>
       <c r="C625" t="s">
-        <v>2706</v>
+        <v>2696</v>
       </c>
       <c r="E625" t="s">
-        <v>2707</v>
-[...2 lines deleted...]
-        <v>2708</v>
+        <v>2701</v>
       </c>
       <c r="K625" t="s">
-        <v>2709</v>
+        <v>2702</v>
       </c>
       <c r="L625" t="s">
-        <v>2710</v>
+        <v>2703</v>
       </c>
       <c r="M625" t="s">
-        <v>2711</v>
+        <v>2704</v>
       </c>
       <c r="N625">
         <v>3</v>
       </c>
       <c r="O625" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P625" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R625">
         <v>999</v>
       </c>
     </row>
     <row r="626" spans="1:18">
       <c r="A626">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B626" t="s">
-        <v>2712</v>
+        <v>2705</v>
       </c>
       <c r="C626" t="s">
-        <v>2713</v>
+        <v>2706</v>
       </c>
       <c r="E626" t="s">
-        <v>2714</v>
+        <v>2707</v>
       </c>
       <c r="K626" t="s">
-        <v>2715</v>
+        <v>2708</v>
       </c>
       <c r="L626" t="s">
-        <v>2716</v>
+        <v>2709</v>
       </c>
       <c r="M626" t="s">
-        <v>2717</v>
+        <v>2710</v>
       </c>
       <c r="N626">
         <v>3</v>
       </c>
       <c r="O626" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P626" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R626">
         <v>999</v>
       </c>
     </row>
     <row r="627" spans="1:18">
       <c r="A627">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B627" t="s">
-        <v>2718</v>
+        <v>2711</v>
       </c>
       <c r="C627" t="s">
-        <v>2509</v>
+        <v>2706</v>
       </c>
       <c r="E627" t="s">
-        <v>2719</v>
+        <v>2712</v>
       </c>
       <c r="K627" t="s">
-        <v>2720</v>
+        <v>2713</v>
       </c>
       <c r="L627" t="s">
-        <v>2721</v>
+        <v>2714</v>
       </c>
       <c r="M627" t="s">
-        <v>2722</v>
+        <v>2715</v>
       </c>
       <c r="N627">
         <v>3</v>
       </c>
       <c r="O627" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P627" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R627">
         <v>999</v>
       </c>
     </row>
     <row r="628" spans="1:18">
       <c r="A628">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B628" t="s">
-        <v>2723</v>
+        <v>2716</v>
       </c>
       <c r="C628" t="s">
-        <v>2509</v>
+        <v>2717</v>
       </c>
       <c r="E628" t="s">
-        <v>2724</v>
+        <v>2718</v>
       </c>
       <c r="K628" t="s">
-        <v>2725</v>
+        <v>2719</v>
       </c>
       <c r="L628" t="s">
-        <v>2726</v>
+        <v>2720</v>
       </c>
       <c r="M628" t="s">
-        <v>2727</v>
+        <v>2721</v>
       </c>
       <c r="N628">
         <v>3</v>
       </c>
       <c r="O628" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P628" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R628">
         <v>999</v>
       </c>
     </row>
     <row r="629" spans="1:18">
       <c r="A629">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B629" t="s">
-        <v>2718</v>
+        <v>2722</v>
       </c>
       <c r="C629" t="s">
-        <v>2509</v>
+        <v>2723</v>
       </c>
       <c r="E629" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2725</v>
+      </c>
+      <c r="K629" t="s">
+        <v>2726</v>
+      </c>
+      <c r="L629" t="s">
+        <v>2727</v>
+      </c>
+      <c r="M629" t="s">
         <v>2728</v>
       </c>
-      <c r="K629" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N629">
         <v>3</v>
       </c>
       <c r="O629" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P629" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R629">
         <v>999</v>
       </c>
     </row>
     <row r="630" spans="1:18">
       <c r="A630">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B630" t="s">
-        <v>2718</v>
+        <v>2729</v>
       </c>
       <c r="C630" t="s">
-        <v>2509</v>
+        <v>2730</v>
       </c>
       <c r="E630" t="s">
+        <v>2731</v>
+      </c>
+      <c r="K630" t="s">
         <v>2732</v>
       </c>
-      <c r="K630" t="s">
+      <c r="L630" t="s">
         <v>2733</v>
       </c>
-      <c r="L630" t="s">
+      <c r="M630" t="s">
         <v>2734</v>
       </c>
-      <c r="M630" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N630">
         <v>3</v>
       </c>
       <c r="O630" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P630" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R630">
         <v>999</v>
       </c>
     </row>
     <row r="631" spans="1:18">
       <c r="A631">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B631" t="s">
-        <v>2723</v>
+        <v>2735</v>
       </c>
       <c r="C631" t="s">
-        <v>2509</v>
+        <v>2526</v>
       </c>
       <c r="E631" t="s">
         <v>2736</v>
       </c>
-      <c r="H631" t="s">
+      <c r="K631" t="s">
         <v>2737</v>
       </c>
-      <c r="K631" t="s">
+      <c r="L631" t="s">
         <v>2738</v>
       </c>
-      <c r="L631" t="s">
+      <c r="M631" t="s">
         <v>2739</v>
       </c>
-      <c r="M631" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N631">
         <v>3</v>
       </c>
       <c r="O631" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P631" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R631">
         <v>999</v>
       </c>
     </row>
     <row r="632" spans="1:18">
       <c r="A632">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B632" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2526</v>
+      </c>
+      <c r="E632" t="s">
         <v>2741</v>
       </c>
-      <c r="C632" t="s">
+      <c r="K632" t="s">
         <v>2742</v>
       </c>
-      <c r="E632" t="s">
+      <c r="L632" t="s">
         <v>2743</v>
       </c>
-      <c r="K632" t="s">
+      <c r="M632" t="s">
         <v>2744</v>
       </c>
-      <c r="L632" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N632">
         <v>3</v>
       </c>
       <c r="O632" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P632" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R632">
         <v>999</v>
       </c>
     </row>
     <row r="633" spans="1:18">
       <c r="A633">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B633" t="s">
-        <v>2741</v>
+        <v>2735</v>
       </c>
       <c r="C633" t="s">
-        <v>2742</v>
+        <v>2526</v>
       </c>
       <c r="E633" t="s">
+        <v>2745</v>
+      </c>
+      <c r="K633" t="s">
+        <v>2746</v>
+      </c>
+      <c r="L633" t="s">
         <v>2747</v>
       </c>
-      <c r="K633" t="s">
+      <c r="M633" t="s">
         <v>2748</v>
       </c>
-      <c r="L633" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N633">
         <v>3</v>
       </c>
       <c r="O633" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P633" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R633">
         <v>999</v>
       </c>
     </row>
     <row r="634" spans="1:18">
       <c r="A634">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B634" t="s">
-        <v>2741</v>
+        <v>2735</v>
       </c>
       <c r="C634" t="s">
-        <v>2742</v>
+        <v>2526</v>
       </c>
       <c r="E634" t="s">
+        <v>2749</v>
+      </c>
+      <c r="K634" t="s">
+        <v>2750</v>
+      </c>
+      <c r="L634" t="s">
         <v>2751</v>
       </c>
-      <c r="K634" t="s">
-[...2 lines deleted...]
-      <c r="L634" t="s">
+      <c r="M634" t="s">
         <v>2752</v>
       </c>
-      <c r="M634" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N634">
         <v>3</v>
       </c>
       <c r="O634" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P634" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R634">
         <v>999</v>
       </c>
     </row>
     <row r="635" spans="1:18">
       <c r="A635">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B635" t="s">
-        <v>2741</v>
+        <v>2740</v>
       </c>
       <c r="C635" t="s">
-        <v>2742</v>
+        <v>2526</v>
       </c>
       <c r="E635" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H635" t="s">
         <v>2754</v>
       </c>
       <c r="K635" t="s">
         <v>2755</v>
       </c>
       <c r="L635" t="s">
         <v>2756</v>
       </c>
       <c r="M635" t="s">
         <v>2757</v>
       </c>
       <c r="N635">
         <v>3</v>
       </c>
       <c r="O635" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P635" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R635">
         <v>999</v>
       </c>
     </row>
     <row r="636" spans="1:18">
       <c r="A636">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B636" t="s">
-        <v>2741</v>
+        <v>2758</v>
       </c>
       <c r="C636" t="s">
-        <v>2742</v>
+        <v>2759</v>
       </c>
       <c r="E636" t="s">
-        <v>2758</v>
-[...2 lines deleted...]
-        <v>2759</v>
+        <v>2760</v>
       </c>
       <c r="K636" t="s">
-        <v>2760</v>
+        <v>2761</v>
       </c>
       <c r="L636" t="s">
-        <v>2761</v>
+        <v>2762</v>
       </c>
       <c r="M636" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
       <c r="N636">
         <v>3</v>
       </c>
       <c r="O636" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P636" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R636">
         <v>999</v>
       </c>
     </row>
     <row r="637" spans="1:18">
       <c r="A637">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B637" t="s">
-        <v>2763</v>
+        <v>2758</v>
       </c>
       <c r="C637" t="s">
-        <v>2742</v>
+        <v>2759</v>
       </c>
       <c r="E637" t="s">
         <v>2764</v>
       </c>
       <c r="K637" t="s">
         <v>2765</v>
       </c>
       <c r="L637" t="s">
         <v>2766</v>
       </c>
       <c r="M637" t="s">
         <v>2767</v>
       </c>
       <c r="N637">
         <v>3</v>
       </c>
       <c r="O637" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P637" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R637">
         <v>999</v>
       </c>
     </row>
     <row r="638" spans="1:18">
       <c r="A638">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B638" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2759</v>
+      </c>
+      <c r="E638" t="s">
         <v>2768</v>
       </c>
-      <c r="C638" t="s">
+      <c r="K638" t="s">
+        <v>241</v>
+      </c>
+      <c r="L638" t="s">
         <v>2769</v>
       </c>
-      <c r="E638" t="s">
+      <c r="M638" t="s">
         <v>2770</v>
       </c>
-      <c r="K638" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N638">
         <v>3</v>
       </c>
       <c r="O638" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P638" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R638">
         <v>999</v>
       </c>
     </row>
     <row r="639" spans="1:18">
       <c r="A639">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B639" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2759</v>
+      </c>
+      <c r="E639" t="s">
+        <v>2771</v>
+      </c>
+      <c r="K639" t="s">
+        <v>2772</v>
+      </c>
+      <c r="L639" t="s">
         <v>2773</v>
       </c>
-      <c r="C639" t="s">
-[...2 lines deleted...]
-      <c r="E639" t="s">
+      <c r="M639" t="s">
         <v>2774</v>
       </c>
-      <c r="K639" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N639">
         <v>3</v>
       </c>
       <c r="O639" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P639" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R639">
         <v>999</v>
       </c>
     </row>
     <row r="640" spans="1:18">
       <c r="A640">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B640" t="s">
-        <v>2768</v>
+        <v>2758</v>
       </c>
       <c r="C640" t="s">
-        <v>2769</v>
+        <v>2759</v>
       </c>
       <c r="E640" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2776</v>
+      </c>
+      <c r="K640" t="s">
+        <v>2777</v>
+      </c>
+      <c r="L640" t="s">
         <v>2778</v>
       </c>
-      <c r="K640" t="s">
+      <c r="M640" t="s">
         <v>2779</v>
       </c>
-      <c r="L640" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N640">
         <v>3</v>
       </c>
       <c r="O640" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P640" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R640">
         <v>999</v>
       </c>
     </row>
     <row r="641" spans="1:18">
       <c r="A641">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B641" t="s">
-        <v>2773</v>
+        <v>2780</v>
       </c>
       <c r="C641" t="s">
-        <v>2769</v>
+        <v>2759</v>
       </c>
       <c r="E641" t="s">
+        <v>2781</v>
+      </c>
+      <c r="K641" t="s">
         <v>2782</v>
       </c>
-      <c r="K641" t="s">
+      <c r="L641" t="s">
         <v>2783</v>
       </c>
-      <c r="L641" t="s">
+      <c r="M641" t="s">
         <v>2784</v>
       </c>
-      <c r="M641" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N641">
         <v>3</v>
       </c>
       <c r="O641" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P641" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R641">
         <v>999</v>
       </c>
     </row>
     <row r="642" spans="1:18">
       <c r="A642">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B642" t="s">
-        <v>2526</v>
+        <v>2785</v>
       </c>
       <c r="C642" t="s">
-        <v>2521</v>
+        <v>2786</v>
       </c>
       <c r="E642" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
       <c r="K642" t="s">
-        <v>2787</v>
+        <v>626</v>
       </c>
       <c r="L642" t="s">
         <v>2788</v>
       </c>
       <c r="M642" t="s">
         <v>2789</v>
       </c>
       <c r="N642">
         <v>3</v>
       </c>
       <c r="O642" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P642" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R642">
         <v>999</v>
       </c>
     </row>
     <row r="643" spans="1:18">
       <c r="A643">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B643" t="s">
-        <v>2520</v>
+        <v>2790</v>
       </c>
       <c r="C643" t="s">
-        <v>2521</v>
+        <v>2786</v>
       </c>
       <c r="E643" t="s">
-        <v>2790</v>
+        <v>2791</v>
       </c>
       <c r="K643" t="s">
-        <v>2791</v>
+        <v>2792</v>
       </c>
       <c r="L643" t="s">
-        <v>2792</v>
+        <v>2793</v>
       </c>
       <c r="M643" t="s">
-        <v>2793</v>
+        <v>2794</v>
       </c>
       <c r="N643">
         <v>3</v>
       </c>
       <c r="O643" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P643" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R643">
         <v>999</v>
       </c>
     </row>
     <row r="644" spans="1:18">
       <c r="A644">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B644" t="s">
-        <v>2794</v>
+        <v>2785</v>
       </c>
       <c r="C644" t="s">
+        <v>2786</v>
+      </c>
+      <c r="E644" t="s">
         <v>2795</v>
       </c>
-      <c r="E644" t="s">
+      <c r="K644" t="s">
         <v>2796</v>
       </c>
-      <c r="K644" t="s">
+      <c r="L644" t="s">
         <v>2797</v>
       </c>
-      <c r="L644" t="s">
+      <c r="M644" t="s">
         <v>2798</v>
       </c>
-      <c r="M644" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N644">
         <v>3</v>
       </c>
       <c r="O644" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P644" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R644">
         <v>999</v>
       </c>
     </row>
     <row r="645" spans="1:18">
       <c r="A645">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B645" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C645" t="s">
+        <v>2786</v>
+      </c>
+      <c r="E645" t="s">
+        <v>2799</v>
+      </c>
+      <c r="K645" t="s">
         <v>2800</v>
       </c>
-      <c r="C645" t="s">
-[...2 lines deleted...]
-      <c r="E645" t="s">
+      <c r="L645" t="s">
         <v>2801</v>
       </c>
-      <c r="K645" t="s">
+      <c r="M645" t="s">
         <v>2802</v>
       </c>
-      <c r="L645" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N645">
         <v>3</v>
       </c>
       <c r="O645" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P645" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R645">
         <v>999</v>
       </c>
     </row>
     <row r="646" spans="1:18">
       <c r="A646">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B646" t="s">
-        <v>2800</v>
+        <v>2543</v>
       </c>
       <c r="C646" t="s">
-        <v>2795</v>
+        <v>2538</v>
       </c>
       <c r="E646" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K646" t="s">
+        <v>2804</v>
+      </c>
+      <c r="L646" t="s">
         <v>2805</v>
       </c>
-      <c r="K646" t="s">
-[...2 lines deleted...]
-      <c r="L646" t="s">
+      <c r="M646" t="s">
         <v>2806</v>
       </c>
-      <c r="M646" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N646">
         <v>3</v>
       </c>
       <c r="O646" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P646" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R646">
         <v>999</v>
       </c>
     </row>
     <row r="647" spans="1:18">
       <c r="A647">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B647" t="s">
-        <v>2800</v>
+        <v>2537</v>
       </c>
       <c r="C647" t="s">
-        <v>2795</v>
+        <v>2538</v>
       </c>
       <c r="E647" t="s">
+        <v>2807</v>
+      </c>
+      <c r="K647" t="s">
         <v>2808</v>
       </c>
-      <c r="K647" t="s">
+      <c r="L647" t="s">
         <v>2809</v>
       </c>
-      <c r="L647" t="s">
+      <c r="M647" t="s">
         <v>2810</v>
       </c>
-      <c r="M647" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N647">
         <v>3</v>
       </c>
       <c r="O647" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P647" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R647">
         <v>999</v>
       </c>
     </row>
     <row r="648" spans="1:18">
       <c r="A648">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="B648" t="s">
-        <v>2794</v>
+        <v>2811</v>
       </c>
       <c r="C648" t="s">
-        <v>2795</v>
+        <v>2812</v>
       </c>
       <c r="E648" t="s">
-        <v>2812</v>
+        <v>2813</v>
       </c>
       <c r="K648" t="s">
-        <v>896</v>
+        <v>2814</v>
       </c>
       <c r="L648" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="M648" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
       <c r="N648">
         <v>3</v>
       </c>
       <c r="O648" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P648" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R648">
         <v>999</v>
       </c>
     </row>
     <row r="649" spans="1:18">
       <c r="A649">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B649" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="C649" t="s">
-        <v>2816</v>
+        <v>2812</v>
       </c>
       <c r="E649" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
       <c r="K649" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
       <c r="L649" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="M649" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="N649">
         <v>3</v>
       </c>
       <c r="O649" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P649" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R649">
         <v>999</v>
       </c>
     </row>
     <row r="650" spans="1:18">
       <c r="A650">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="B650" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="C650" t="s">
-        <v>2816</v>
+        <v>2812</v>
       </c>
       <c r="E650" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="K650" t="s">
-        <v>625</v>
+        <v>1899</v>
       </c>
       <c r="L650" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
       <c r="M650" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
       <c r="N650">
         <v>3</v>
       </c>
       <c r="O650" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P650" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R650">
         <v>999</v>
       </c>
     </row>
     <row r="651" spans="1:18">
       <c r="A651">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B651" t="s">
-        <v>2824</v>
+        <v>2817</v>
       </c>
       <c r="C651" t="s">
-        <v>2816</v>
+        <v>2812</v>
       </c>
       <c r="E651" t="s">
         <v>2825</v>
       </c>
       <c r="K651" t="s">
         <v>2826</v>
       </c>
       <c r="L651" t="s">
         <v>2827</v>
       </c>
       <c r="M651" t="s">
         <v>2828</v>
       </c>
       <c r="N651">
         <v>3</v>
       </c>
       <c r="O651" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P651" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R651">
         <v>999</v>
       </c>
     </row>
     <row r="652" spans="1:18">
       <c r="A652">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B652" t="s">
-        <v>2815</v>
+        <v>2811</v>
       </c>
       <c r="C652" t="s">
-        <v>2816</v>
+        <v>2812</v>
       </c>
       <c r="E652" t="s">
         <v>2829</v>
       </c>
       <c r="K652" t="s">
+        <v>915</v>
+      </c>
+      <c r="L652" t="s">
         <v>2830</v>
       </c>
-      <c r="L652" t="s">
+      <c r="M652" t="s">
         <v>2831</v>
       </c>
-      <c r="M652" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N652">
         <v>3</v>
       </c>
       <c r="O652" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P652" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R652">
         <v>999</v>
       </c>
     </row>
     <row r="653" spans="1:18">
       <c r="A653">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B653" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C653" t="s">
         <v>2833</v>
-      </c>
-[...1 lines deleted...]
-        <v>2713</v>
       </c>
       <c r="E653" t="s">
         <v>2834</v>
       </c>
       <c r="K653" t="s">
-        <v>513</v>
+        <v>2835</v>
       </c>
       <c r="L653" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="M653" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="N653">
         <v>3</v>
       </c>
       <c r="O653" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P653" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R653">
         <v>999</v>
       </c>
     </row>
     <row r="654" spans="1:18">
       <c r="A654">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B654" t="s">
-        <v>2815</v>
+        <v>2832</v>
       </c>
       <c r="C654" t="s">
-        <v>2816</v>
+        <v>2833</v>
       </c>
       <c r="E654" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
       <c r="K654" t="s">
-        <v>2838</v>
+        <v>644</v>
       </c>
       <c r="L654" t="s">
         <v>2839</v>
       </c>
       <c r="M654" t="s">
         <v>2840</v>
       </c>
       <c r="N654">
         <v>3</v>
       </c>
       <c r="O654" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P654" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R654">
         <v>999</v>
       </c>
     </row>
     <row r="655" spans="1:18">
       <c r="A655">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B655" t="s">
-        <v>2815</v>
+        <v>2841</v>
       </c>
       <c r="C655" t="s">
-        <v>2816</v>
+        <v>2833</v>
       </c>
       <c r="E655" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
       <c r="K655" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="L655" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
       <c r="M655" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="N655">
         <v>3</v>
       </c>
       <c r="O655" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P655" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R655">
         <v>999</v>
       </c>
     </row>
     <row r="656" spans="1:18">
       <c r="A656">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="B656" t="s">
-        <v>2815</v>
+        <v>2832</v>
       </c>
       <c r="C656" t="s">
-        <v>2816</v>
+        <v>2833</v>
       </c>
       <c r="E656" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
       <c r="K656" t="s">
-        <v>251</v>
+        <v>2847</v>
       </c>
       <c r="L656" t="s">
-        <v>2846</v>
+        <v>2848</v>
       </c>
       <c r="M656" t="s">
-        <v>2847</v>
+        <v>2849</v>
       </c>
       <c r="N656">
         <v>3</v>
       </c>
       <c r="O656" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P656" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R656">
         <v>999</v>
       </c>
     </row>
     <row r="657" spans="1:18">
       <c r="A657">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B657" t="s">
-        <v>2848</v>
+        <v>2850</v>
       </c>
       <c r="C657" t="s">
-        <v>2849</v>
+        <v>2730</v>
       </c>
       <c r="E657" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="K657" t="s">
-        <v>2851</v>
+        <v>532</v>
       </c>
       <c r="L657" t="s">
         <v>2852</v>
       </c>
       <c r="M657" t="s">
         <v>2853</v>
       </c>
       <c r="N657">
         <v>3</v>
       </c>
       <c r="O657" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P657" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R657">
         <v>999</v>
       </c>
     </row>
     <row r="658" spans="1:18">
       <c r="A658">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B658" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2833</v>
+      </c>
+      <c r="E658" t="s">
         <v>2854</v>
       </c>
-      <c r="C658" t="s">
-[...2 lines deleted...]
-      <c r="E658" t="s">
+      <c r="K658" t="s">
         <v>2855</v>
       </c>
-      <c r="K658" t="s">
+      <c r="L658" t="s">
         <v>2856</v>
       </c>
-      <c r="L658" t="s">
+      <c r="M658" t="s">
         <v>2857</v>
       </c>
-      <c r="M658" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N658">
         <v>3</v>
       </c>
       <c r="O658" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P658" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R658">
         <v>999</v>
       </c>
     </row>
     <row r="659" spans="1:18">
       <c r="A659">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B659" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2833</v>
+      </c>
+      <c r="E659" t="s">
+        <v>2858</v>
+      </c>
+      <c r="K659" t="s">
         <v>2859</v>
       </c>
-      <c r="C659" t="s">
-[...2 lines deleted...]
-      <c r="E659" t="s">
+      <c r="L659" t="s">
         <v>2860</v>
       </c>
-      <c r="H659" t="s">
+      <c r="M659" t="s">
         <v>2861</v>
       </c>
-      <c r="K659" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N659">
         <v>3</v>
       </c>
       <c r="O659" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P659" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R659">
         <v>999</v>
       </c>
     </row>
     <row r="660" spans="1:18">
       <c r="A660">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B660" t="s">
-        <v>2865</v>
+        <v>2832</v>
       </c>
       <c r="C660" t="s">
-        <v>2849</v>
+        <v>2833</v>
       </c>
       <c r="E660" t="s">
-        <v>2866</v>
+        <v>2862</v>
       </c>
       <c r="K660" t="s">
-        <v>2867</v>
+        <v>271</v>
       </c>
       <c r="L660" t="s">
-        <v>2868</v>
+        <v>2863</v>
       </c>
       <c r="M660" t="s">
-        <v>2869</v>
+        <v>2864</v>
       </c>
       <c r="N660">
         <v>3</v>
       </c>
       <c r="O660" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P660" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R660">
         <v>999</v>
       </c>
     </row>
     <row r="661" spans="1:18">
       <c r="A661">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B661" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2866</v>
+      </c>
+      <c r="E661" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K661" t="s">
+        <v>2868</v>
+      </c>
+      <c r="L661" t="s">
+        <v>2869</v>
+      </c>
+      <c r="M661" t="s">
         <v>2870</v>
       </c>
-      <c r="C661" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N661">
         <v>3</v>
       </c>
       <c r="O661" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P661" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R661">
         <v>999</v>
       </c>
     </row>
     <row r="662" spans="1:18">
       <c r="A662">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B662" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C662" t="s">
+        <v>2866</v>
+      </c>
+      <c r="E662" t="s">
+        <v>2872</v>
+      </c>
+      <c r="K662" t="s">
+        <v>2873</v>
+      </c>
+      <c r="L662" t="s">
+        <v>2874</v>
+      </c>
+      <c r="M662" t="s">
         <v>2875</v>
       </c>
-      <c r="C662" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N662">
         <v>3</v>
       </c>
       <c r="O662" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P662" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R662">
         <v>999</v>
       </c>
     </row>
     <row r="663" spans="1:18">
       <c r="A663">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B663" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C663" t="s">
+        <v>2866</v>
+      </c>
+      <c r="E663" t="s">
+        <v>2877</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2878</v>
+      </c>
+      <c r="K663" t="s">
+        <v>2879</v>
+      </c>
+      <c r="L663" t="s">
+        <v>2880</v>
+      </c>
+      <c r="M663" t="s">
         <v>2881</v>
       </c>
-      <c r="C663" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N663">
         <v>3</v>
       </c>
       <c r="O663" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P663" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R663">
         <v>999</v>
       </c>
     </row>
     <row r="664" spans="1:18">
       <c r="A664">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B664" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2866</v>
+      </c>
+      <c r="E664" t="s">
+        <v>2883</v>
+      </c>
+      <c r="K664" t="s">
+        <v>2884</v>
+      </c>
+      <c r="L664" t="s">
+        <v>2885</v>
+      </c>
+      <c r="M664" t="s">
         <v>2886</v>
       </c>
-      <c r="C664" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N664">
         <v>3</v>
       </c>
       <c r="O664" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P664" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R664">
         <v>999</v>
       </c>
     </row>
     <row r="665" spans="1:18">
       <c r="A665">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B665" t="s">
-        <v>2892</v>
+        <v>2887</v>
       </c>
       <c r="C665" t="s">
-        <v>2893</v>
+        <v>2866</v>
       </c>
       <c r="E665" t="s">
-        <v>2894</v>
+        <v>2888</v>
       </c>
       <c r="K665" t="s">
-        <v>2895</v>
+        <v>2889</v>
       </c>
       <c r="L665" t="s">
-        <v>2896</v>
+        <v>2890</v>
       </c>
       <c r="M665" t="s">
-        <v>2897</v>
+        <v>2891</v>
       </c>
       <c r="N665">
         <v>3</v>
       </c>
       <c r="O665" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P665" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R665">
         <v>999</v>
       </c>
     </row>
     <row r="666" spans="1:18">
       <c r="A666">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B666" t="s">
-        <v>2898</v>
+        <v>2892</v>
       </c>
       <c r="C666" t="s">
         <v>2893</v>
       </c>
       <c r="E666" t="s">
-        <v>2899</v>
+        <v>2894</v>
       </c>
       <c r="K666" t="s">
-        <v>2900</v>
+        <v>2895</v>
       </c>
       <c r="L666" t="s">
-        <v>2901</v>
+        <v>2896</v>
       </c>
       <c r="M666" t="s">
-        <v>2902</v>
+        <v>2897</v>
       </c>
       <c r="N666">
         <v>3</v>
       </c>
       <c r="O666" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P666" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R666">
         <v>999</v>
       </c>
     </row>
     <row r="667" spans="1:18">
       <c r="A667">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B667" t="s">
-        <v>2892</v>
+        <v>2898</v>
       </c>
       <c r="C667" t="s">
         <v>2893</v>
       </c>
       <c r="E667" t="s">
-        <v>2903</v>
+        <v>2899</v>
       </c>
       <c r="K667" t="s">
-        <v>2904</v>
+        <v>2900</v>
       </c>
       <c r="L667" t="s">
-        <v>2905</v>
+        <v>2901</v>
       </c>
       <c r="M667" t="s">
-        <v>2906</v>
+        <v>2902</v>
       </c>
       <c r="N667">
         <v>3</v>
       </c>
       <c r="O667" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P667" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R667">
         <v>999</v>
       </c>
     </row>
     <row r="668" spans="1:18">
       <c r="A668">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B668" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2893</v>
+      </c>
+      <c r="E668" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H668" t="s">
+        <v>2905</v>
+      </c>
+      <c r="K668" t="s">
+        <v>2906</v>
+      </c>
+      <c r="L668" t="s">
         <v>2907</v>
       </c>
-      <c r="C668" t="s">
-[...2 lines deleted...]
-      <c r="E668" t="s">
+      <c r="M668" t="s">
         <v>2908</v>
       </c>
-      <c r="K668" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N668">
         <v>3</v>
       </c>
       <c r="O668" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P668" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R668">
         <v>999</v>
       </c>
     </row>
     <row r="669" spans="1:18">
       <c r="A669">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B669" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C669" t="s">
+        <v>2910</v>
+      </c>
+      <c r="E669" t="s">
+        <v>2911</v>
+      </c>
+      <c r="K669" t="s">
         <v>2912</v>
       </c>
-      <c r="C669" t="s">
-[...2 lines deleted...]
-      <c r="E669" t="s">
+      <c r="L669" t="s">
         <v>2913</v>
       </c>
-      <c r="K669" t="s">
+      <c r="M669" t="s">
         <v>2914</v>
       </c>
-      <c r="L669" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N669">
         <v>3</v>
       </c>
       <c r="O669" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P669" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R669">
         <v>999</v>
       </c>
     </row>
     <row r="670" spans="1:18">
       <c r="A670">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B670" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2910</v>
+      </c>
+      <c r="E670" t="s">
+        <v>2916</v>
+      </c>
+      <c r="K670" t="s">
         <v>2917</v>
       </c>
-      <c r="C670" t="s">
-[...2 lines deleted...]
-      <c r="E670" t="s">
+      <c r="L670" t="s">
         <v>2918</v>
       </c>
-      <c r="K670" t="s">
+      <c r="M670" t="s">
         <v>2919</v>
       </c>
-      <c r="L670" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N670">
         <v>3</v>
       </c>
       <c r="O670" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P670" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R670">
         <v>999</v>
       </c>
     </row>
     <row r="671" spans="1:18">
       <c r="A671">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B671" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2910</v>
+      </c>
+      <c r="E671" t="s">
+        <v>2920</v>
+      </c>
+      <c r="K671" t="s">
+        <v>2921</v>
+      </c>
+      <c r="L671" t="s">
         <v>2922</v>
       </c>
-      <c r="C671" t="s">
-[...2 lines deleted...]
-      <c r="E671" t="s">
+      <c r="M671" t="s">
         <v>2923</v>
       </c>
-      <c r="K671" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N671">
         <v>3</v>
       </c>
       <c r="O671" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P671" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R671">
         <v>999</v>
       </c>
     </row>
     <row r="672" spans="1:18">
       <c r="A672">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B672" t="s">
+        <v>2924</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2666</v>
+      </c>
+      <c r="E672" t="s">
+        <v>2925</v>
+      </c>
+      <c r="K672" t="s">
+        <v>2926</v>
+      </c>
+      <c r="L672" t="s">
         <v>2927</v>
       </c>
-      <c r="C672" t="s">
+      <c r="M672" t="s">
         <v>2928</v>
       </c>
-      <c r="E672" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N672">
         <v>3</v>
       </c>
       <c r="O672" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P672" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R672">
         <v>999</v>
       </c>
     </row>
     <row r="673" spans="1:18">
       <c r="A673">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B673" t="s">
-        <v>2927</v>
+        <v>2929</v>
       </c>
       <c r="C673" t="s">
-        <v>2928</v>
+        <v>2666</v>
       </c>
       <c r="E673" t="s">
+        <v>2930</v>
+      </c>
+      <c r="K673" t="s">
+        <v>2931</v>
+      </c>
+      <c r="L673" t="s">
+        <v>2932</v>
+      </c>
+      <c r="M673" t="s">
         <v>2933</v>
       </c>
-      <c r="K673" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N673">
         <v>3</v>
       </c>
       <c r="O673" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P673" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R673">
         <v>999</v>
       </c>
     </row>
     <row r="674" spans="1:18">
       <c r="A674">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B674" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C674" t="s">
+        <v>2666</v>
+      </c>
+      <c r="E674" t="s">
+        <v>2935</v>
+      </c>
+      <c r="K674" t="s">
+        <v>2936</v>
+      </c>
+      <c r="L674" t="s">
         <v>2937</v>
       </c>
-      <c r="C674" t="s">
+      <c r="M674" t="s">
         <v>2938</v>
       </c>
-      <c r="E674" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N674">
         <v>3</v>
       </c>
       <c r="O674" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P674" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R674">
         <v>999</v>
       </c>
     </row>
     <row r="675" spans="1:18">
       <c r="A675">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B675" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C675" t="s">
+        <v>2730</v>
+      </c>
+      <c r="E675" t="s">
+        <v>2940</v>
+      </c>
+      <c r="K675" t="s">
+        <v>2941</v>
+      </c>
+      <c r="L675" t="s">
+        <v>2942</v>
+      </c>
+      <c r="M675" t="s">
         <v>2943</v>
       </c>
-      <c r="C675" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N675">
         <v>3</v>
       </c>
       <c r="O675" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P675" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R675">
         <v>999</v>
       </c>
     </row>
     <row r="676" spans="1:18">
       <c r="A676">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B676" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="C676" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
       <c r="E676" t="s">
+        <v>2946</v>
+      </c>
+      <c r="K676" t="s">
+        <v>2947</v>
+      </c>
+      <c r="L676" t="s">
+        <v>2948</v>
+      </c>
+      <c r="M676" t="s">
         <v>2949</v>
       </c>
-      <c r="H676" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N676">
         <v>3</v>
       </c>
       <c r="O676" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P676" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R676">
         <v>999</v>
       </c>
     </row>
     <row r="677" spans="1:18">
       <c r="A677">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B677" t="s">
-        <v>2954</v>
+        <v>2944</v>
       </c>
       <c r="C677" t="s">
-        <v>2955</v>
+        <v>2945</v>
       </c>
       <c r="E677" t="s">
-        <v>2956</v>
-[...5 lines deleted...]
-        <v>2958</v>
+        <v>2950</v>
       </c>
       <c r="K677" t="s">
-        <v>2959</v>
+        <v>2951</v>
       </c>
       <c r="L677" t="s">
-        <v>2960</v>
+        <v>2952</v>
       </c>
       <c r="M677" t="s">
-        <v>2961</v>
+        <v>2953</v>
       </c>
       <c r="N677">
         <v>3</v>
       </c>
       <c r="O677" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P677" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R677">
         <v>999</v>
       </c>
     </row>
     <row r="678" spans="1:18">
       <c r="A678">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B678" t="s">
         <v>2954</v>
       </c>
       <c r="C678" t="s">
         <v>2955</v>
       </c>
       <c r="E678" t="s">
-        <v>2962</v>
+        <v>2956</v>
       </c>
       <c r="K678" t="s">
-        <v>2963</v>
+        <v>2957</v>
       </c>
       <c r="L678" t="s">
-        <v>2964</v>
+        <v>2958</v>
       </c>
       <c r="M678" t="s">
-        <v>2965</v>
+        <v>2959</v>
       </c>
       <c r="N678">
         <v>3</v>
       </c>
       <c r="O678" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P678" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R678">
         <v>999</v>
       </c>
     </row>
     <row r="679" spans="1:18">
       <c r="A679">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B679" t="s">
-        <v>2966</v>
+        <v>2960</v>
       </c>
       <c r="C679" t="s">
-        <v>2967</v>
+        <v>2961</v>
       </c>
       <c r="E679" t="s">
-        <v>2968</v>
+        <v>2962</v>
       </c>
       <c r="K679" t="s">
-        <v>2969</v>
+        <v>2963</v>
       </c>
       <c r="L679" t="s">
-        <v>2970</v>
+        <v>2964</v>
       </c>
       <c r="M679" t="s">
-        <v>2971</v>
+        <v>2965</v>
       </c>
       <c r="N679">
         <v>3</v>
       </c>
       <c r="O679" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P679" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R679">
         <v>999</v>
       </c>
     </row>
     <row r="680" spans="1:18">
       <c r="A680">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B680" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C680" t="s">
+        <v>2961</v>
+      </c>
+      <c r="E680" t="s">
         <v>2966</v>
       </c>
-      <c r="C680" t="s">
+      <c r="H680" t="s">
         <v>2967</v>
       </c>
-      <c r="E680" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K680" t="s">
-        <v>2974</v>
+        <v>2968</v>
       </c>
       <c r="L680" t="s">
-        <v>2975</v>
+        <v>2969</v>
       </c>
       <c r="M680" t="s">
-        <v>2976</v>
+        <v>2970</v>
       </c>
       <c r="N680">
         <v>3</v>
       </c>
       <c r="O680" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P680" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R680">
         <v>999</v>
       </c>
     </row>
     <row r="681" spans="1:18">
       <c r="A681">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B681" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C681" t="s">
+        <v>2972</v>
+      </c>
+      <c r="E681" t="s">
+        <v>2973</v>
+      </c>
+      <c r="G681" t="s">
+        <v>2974</v>
+      </c>
+      <c r="H681" t="s">
+        <v>2975</v>
+      </c>
+      <c r="K681" t="s">
+        <v>2976</v>
+      </c>
+      <c r="L681" t="s">
         <v>2977</v>
       </c>
-      <c r="C681" t="s">
+      <c r="M681" t="s">
         <v>2978</v>
       </c>
-      <c r="E681" t="s">
-[...9 lines deleted...]
-        <v>2982</v>
+      <c r="N681">
+        <v>3</v>
+      </c>
+      <c r="O681" t="s">
+        <v>32</v>
       </c>
       <c r="P681" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R681">
         <v>999</v>
       </c>
     </row>
     <row r="682" spans="1:18">
       <c r="A682">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B682" t="s">
-        <v>2983</v>
+        <v>2971</v>
       </c>
       <c r="C682" t="s">
-        <v>2978</v>
+        <v>2972</v>
       </c>
       <c r="E682" t="s">
-        <v>2984</v>
+        <v>2979</v>
       </c>
       <c r="K682" t="s">
-        <v>241</v>
+        <v>2980</v>
       </c>
       <c r="L682" t="s">
-        <v>2985</v>
+        <v>2981</v>
       </c>
       <c r="M682" t="s">
-        <v>2986</v>
+        <v>2982</v>
+      </c>
+      <c r="N682">
+        <v>3</v>
+      </c>
+      <c r="O682" t="s">
+        <v>32</v>
       </c>
       <c r="P682" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R682">
         <v>999</v>
       </c>
     </row>
     <row r="683" spans="1:18">
       <c r="A683">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B683" t="s">
         <v>2983</v>
       </c>
       <c r="C683" t="s">
-        <v>2978</v>
+        <v>2984</v>
       </c>
       <c r="E683" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K683" t="s">
+        <v>2986</v>
+      </c>
+      <c r="L683" t="s">
         <v>2987</v>
       </c>
-      <c r="K683" t="s">
+      <c r="M683" t="s">
         <v>2988</v>
       </c>
-      <c r="L683" t="s">
-[...3 lines deleted...]
-        <v>2990</v>
+      <c r="N683">
+        <v>3</v>
+      </c>
+      <c r="O683" t="s">
+        <v>32</v>
       </c>
       <c r="P683" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R683">
         <v>999</v>
       </c>
     </row>
     <row r="684" spans="1:18">
       <c r="A684">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B684" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C684" t="s">
+        <v>2984</v>
+      </c>
+      <c r="E684" t="s">
+        <v>2989</v>
+      </c>
+      <c r="G684" t="s">
+        <v>2990</v>
+      </c>
+      <c r="K684" t="s">
         <v>2991</v>
       </c>
-      <c r="C684" t="s">
+      <c r="L684" t="s">
         <v>2992</v>
       </c>
-      <c r="E684" t="s">
+      <c r="M684" t="s">
         <v>2993</v>
       </c>
-      <c r="K684" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N684">
         <v>3</v>
       </c>
       <c r="O684" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P684" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R684">
         <v>999</v>
       </c>
     </row>
     <row r="685" spans="1:18">
       <c r="A685">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B685" t="s">
-        <v>2991</v>
+        <v>2994</v>
       </c>
       <c r="C685" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
       <c r="E685" t="s">
         <v>2996</v>
       </c>
       <c r="K685" t="s">
         <v>2997</v>
       </c>
       <c r="L685" t="s">
         <v>2998</v>
       </c>
       <c r="M685" t="s">
         <v>2999</v>
       </c>
-      <c r="N685">
-[...4 lines deleted...]
-      </c>
       <c r="P685" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R685">
         <v>999</v>
       </c>
     </row>
     <row r="686" spans="1:18">
       <c r="A686">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B686" t="s">
         <v>3000</v>
       </c>
       <c r="C686" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
       <c r="E686" t="s">
         <v>3001</v>
       </c>
       <c r="K686" t="s">
-        <v>1493</v>
+        <v>261</v>
       </c>
       <c r="L686" t="s">
         <v>3002</v>
       </c>
       <c r="M686" t="s">
         <v>3003</v>
       </c>
-      <c r="N686">
-[...4 lines deleted...]
-      </c>
       <c r="P686" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R686">
         <v>999</v>
       </c>
     </row>
     <row r="687" spans="1:18">
       <c r="A687">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B687" t="s">
-        <v>2991</v>
+        <v>3000</v>
       </c>
       <c r="C687" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
       <c r="E687" t="s">
         <v>3004</v>
       </c>
       <c r="K687" t="s">
         <v>3005</v>
       </c>
       <c r="L687" t="s">
         <v>3006</v>
       </c>
       <c r="M687" t="s">
         <v>3007</v>
       </c>
-      <c r="N687">
-[...4 lines deleted...]
-      </c>
       <c r="P687" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R687">
         <v>999</v>
       </c>
     </row>
     <row r="688" spans="1:18">
       <c r="A688">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B688" t="s">
-        <v>2991</v>
+        <v>3008</v>
       </c>
       <c r="C688" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E688" t="s">
-        <v>3008</v>
+        <v>3010</v>
       </c>
       <c r="K688" t="s">
-        <v>3009</v>
+        <v>2434</v>
       </c>
       <c r="L688" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="M688" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
       <c r="N688">
         <v>3</v>
       </c>
       <c r="O688" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P688" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R688">
         <v>999</v>
       </c>
     </row>
     <row r="689" spans="1:18">
       <c r="A689">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B689" t="s">
-        <v>2991</v>
+        <v>3008</v>
       </c>
       <c r="C689" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E689" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
       <c r="K689" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="L689" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
       <c r="M689" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
       <c r="N689">
         <v>3</v>
       </c>
       <c r="O689" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P689" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R689">
         <v>999</v>
       </c>
     </row>
     <row r="690" spans="1:18">
       <c r="A690">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B690" t="s">
-        <v>2991</v>
+        <v>3017</v>
       </c>
       <c r="C690" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E690" t="s">
-        <v>3016</v>
+        <v>3018</v>
       </c>
       <c r="K690" t="s">
-        <v>3017</v>
+        <v>1512</v>
       </c>
       <c r="L690" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
       <c r="M690" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
       <c r="N690">
         <v>3</v>
       </c>
       <c r="O690" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P690" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R690">
         <v>999</v>
       </c>
     </row>
     <row r="691" spans="1:18">
       <c r="A691">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B691" t="s">
-        <v>3000</v>
+        <v>3008</v>
       </c>
       <c r="C691" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E691" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
       <c r="K691" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
       <c r="L691" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="M691" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
       <c r="N691">
         <v>3</v>
       </c>
       <c r="O691" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P691" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R691">
         <v>999</v>
       </c>
     </row>
     <row r="692" spans="1:18">
       <c r="A692">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B692" t="s">
-        <v>2991</v>
+        <v>3008</v>
       </c>
       <c r="C692" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E692" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="K692" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="L692" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="M692" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
       <c r="N692">
         <v>3</v>
       </c>
       <c r="O692" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P692" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R692">
         <v>999</v>
       </c>
     </row>
     <row r="693" spans="1:18">
       <c r="A693">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B693" t="s">
-        <v>3000</v>
+        <v>3008</v>
       </c>
       <c r="C693" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E693" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="K693" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="L693" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="M693" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
       <c r="N693">
         <v>3</v>
       </c>
       <c r="O693" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P693" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R693">
         <v>999</v>
       </c>
     </row>
     <row r="694" spans="1:18">
       <c r="A694">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B694" t="s">
-        <v>3032</v>
+        <v>3008</v>
       </c>
       <c r="C694" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E694" t="s">
         <v>3033</v>
       </c>
-      <c r="E694" t="s">
+      <c r="K694" t="s">
         <v>3034</v>
       </c>
-      <c r="K694" t="s">
+      <c r="L694" t="s">
         <v>3035</v>
       </c>
-      <c r="L694" t="s">
+      <c r="M694" t="s">
         <v>3036</v>
       </c>
-      <c r="M694" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N694">
         <v>3</v>
       </c>
       <c r="O694" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P694" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R694">
         <v>999</v>
       </c>
     </row>
     <row r="695" spans="1:18">
       <c r="A695">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B695" t="s">
-        <v>3032</v>
+        <v>3017</v>
       </c>
       <c r="C695" t="s">
-        <v>3033</v>
+        <v>3009</v>
       </c>
       <c r="E695" t="s">
+        <v>3037</v>
+      </c>
+      <c r="K695" t="s">
         <v>3038</v>
       </c>
-      <c r="K695" t="s">
+      <c r="L695" t="s">
         <v>3039</v>
       </c>
-      <c r="L695" t="s">
+      <c r="M695" t="s">
         <v>3040</v>
       </c>
-      <c r="M695" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N695">
         <v>3</v>
       </c>
       <c r="O695" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P695" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R695">
         <v>999</v>
       </c>
     </row>
     <row r="696" spans="1:18">
       <c r="A696">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B696" t="s">
+        <v>3008</v>
+      </c>
+      <c r="C696" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E696" t="s">
+        <v>3041</v>
+      </c>
+      <c r="K696" t="s">
         <v>3042</v>
       </c>
-      <c r="C696" t="s">
-[...2 lines deleted...]
-      <c r="E696" t="s">
+      <c r="L696" t="s">
         <v>3043</v>
       </c>
-      <c r="K696" t="s">
+      <c r="M696" t="s">
         <v>3044</v>
       </c>
-      <c r="L696" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N696">
         <v>3</v>
       </c>
       <c r="O696" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P696" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R696">
         <v>999</v>
       </c>
     </row>
     <row r="697" spans="1:18">
       <c r="A697">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B697" t="s">
+        <v>3017</v>
+      </c>
+      <c r="C697" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E697" t="s">
+        <v>3045</v>
+      </c>
+      <c r="K697" t="s">
+        <v>3046</v>
+      </c>
+      <c r="L697" t="s">
         <v>3047</v>
       </c>
-      <c r="C697" t="s">
+      <c r="M697" t="s">
         <v>3048</v>
       </c>
-      <c r="E697" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N697">
         <v>3</v>
       </c>
       <c r="O697" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P697" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R697">
         <v>999</v>
       </c>
     </row>
     <row r="698" spans="1:18">
       <c r="A698">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B698" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="C698" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
       <c r="E698" t="s">
+        <v>3051</v>
+      </c>
+      <c r="K698" t="s">
+        <v>3052</v>
+      </c>
+      <c r="L698" t="s">
         <v>3053</v>
       </c>
-      <c r="K698" t="s">
+      <c r="M698" t="s">
         <v>3054</v>
       </c>
-      <c r="L698" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N698">
         <v>3</v>
       </c>
       <c r="O698" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P698" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R698">
         <v>999</v>
       </c>
     </row>
     <row r="699" spans="1:18">
       <c r="A699">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B699" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="C699" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
       <c r="E699" t="s">
+        <v>3055</v>
+      </c>
+      <c r="K699" t="s">
+        <v>3056</v>
+      </c>
+      <c r="L699" t="s">
         <v>3057</v>
       </c>
-      <c r="K699" t="s">
+      <c r="M699" t="s">
         <v>3058</v>
       </c>
-      <c r="L699" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N699">
         <v>3</v>
       </c>
       <c r="O699" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P699" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R699">
         <v>999</v>
       </c>
     </row>
     <row r="700" spans="1:18">
       <c r="A700">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B700" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C700" t="s">
+        <v>3050</v>
+      </c>
+      <c r="E700" t="s">
+        <v>3060</v>
+      </c>
+      <c r="K700" t="s">
         <v>3061</v>
       </c>
-      <c r="C700" t="s">
-[...2 lines deleted...]
-      <c r="E700" t="s">
+      <c r="L700" t="s">
         <v>3062</v>
       </c>
-      <c r="K700" t="s">
+      <c r="M700" t="s">
         <v>3063</v>
       </c>
-      <c r="L700" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N700">
         <v>3</v>
       </c>
       <c r="O700" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P700" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R700">
         <v>999</v>
       </c>
     </row>
     <row r="701" spans="1:18">
       <c r="A701">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B701" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
       <c r="C701" t="s">
-        <v>3048</v>
+        <v>3065</v>
       </c>
       <c r="E701" t="s">
         <v>3066</v>
       </c>
       <c r="K701" t="s">
         <v>3067</v>
       </c>
       <c r="L701" t="s">
         <v>3068</v>
       </c>
       <c r="M701" t="s">
         <v>3069</v>
       </c>
       <c r="N701">
         <v>3</v>
       </c>
       <c r="O701" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P701" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R701">
         <v>999</v>
       </c>
     </row>
     <row r="702" spans="1:18">
       <c r="A702">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B702" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
       <c r="C702" t="s">
-        <v>3048</v>
+        <v>3065</v>
       </c>
       <c r="E702" t="s">
         <v>3070</v>
       </c>
       <c r="K702" t="s">
         <v>3071</v>
       </c>
       <c r="L702" t="s">
         <v>3072</v>
       </c>
       <c r="M702" t="s">
         <v>3073</v>
       </c>
       <c r="N702">
         <v>3</v>
       </c>
       <c r="O702" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P702" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R702">
         <v>999</v>
       </c>
     </row>
     <row r="703" spans="1:18">
       <c r="A703">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B703" t="s">
+        <v>3064</v>
+      </c>
+      <c r="C703" t="s">
+        <v>3065</v>
+      </c>
+      <c r="E703" t="s">
         <v>3074</v>
       </c>
-      <c r="C703" t="s">
+      <c r="K703" t="s">
         <v>3075</v>
       </c>
-      <c r="E703" t="s">
+      <c r="L703" t="s">
         <v>3076</v>
       </c>
-      <c r="K703" t="s">
+      <c r="M703" t="s">
         <v>3077</v>
       </c>
-      <c r="L703" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N703">
         <v>3</v>
       </c>
       <c r="O703" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P703" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R703">
         <v>999</v>
       </c>
     </row>
     <row r="704" spans="1:18">
       <c r="A704">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B704" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C704" t="s">
+        <v>3065</v>
+      </c>
+      <c r="E704" t="s">
+        <v>3079</v>
+      </c>
+      <c r="K704" t="s">
         <v>3080</v>
       </c>
-      <c r="C704" t="s">
-[...2 lines deleted...]
-      <c r="E704" t="s">
+      <c r="L704" t="s">
         <v>3081</v>
       </c>
-      <c r="K704" t="s">
+      <c r="M704" t="s">
         <v>3082</v>
       </c>
-      <c r="L704" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N704">
         <v>3</v>
       </c>
       <c r="O704" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P704" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R704">
         <v>999</v>
       </c>
     </row>
     <row r="705" spans="1:18">
       <c r="A705">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B705" t="s">
-        <v>3080</v>
+        <v>3078</v>
       </c>
       <c r="C705" t="s">
-        <v>3075</v>
+        <v>3065</v>
       </c>
       <c r="E705" t="s">
+        <v>3083</v>
+      </c>
+      <c r="K705" t="s">
+        <v>3084</v>
+      </c>
+      <c r="L705" t="s">
         <v>3085</v>
       </c>
-      <c r="K705" t="s">
-[...2 lines deleted...]
-      <c r="L705" t="s">
+      <c r="M705" t="s">
         <v>3086</v>
       </c>
-      <c r="M705" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N705">
         <v>3</v>
       </c>
       <c r="O705" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P705" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R705">
         <v>999</v>
       </c>
     </row>
     <row r="706" spans="1:18">
       <c r="A706">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="B706" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C706" t="s">
+        <v>3065</v>
+      </c>
+      <c r="E706" t="s">
+        <v>3087</v>
+      </c>
+      <c r="K706" t="s">
         <v>3088</v>
       </c>
-      <c r="C706" t="s">
+      <c r="L706" t="s">
         <v>3089</v>
       </c>
-      <c r="E706" t="s">
+      <c r="M706" t="s">
         <v>3090</v>
       </c>
-      <c r="K706" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N706">
         <v>3</v>
       </c>
       <c r="O706" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P706" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R706">
         <v>999</v>
       </c>
     </row>
     <row r="707" spans="1:18">
       <c r="A707">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B707" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
       <c r="C707" t="s">
-        <v>3089</v>
+        <v>3092</v>
       </c>
       <c r="E707" t="s">
+        <v>3093</v>
+      </c>
+      <c r="K707" t="s">
         <v>3094</v>
       </c>
-      <c r="H707" t="s">
+      <c r="L707" t="s">
         <v>3095</v>
       </c>
-      <c r="K707" t="s">
+      <c r="M707" t="s">
         <v>3096</v>
       </c>
-      <c r="L707" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N707">
         <v>3</v>
       </c>
       <c r="O707" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P707" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R707">
         <v>999</v>
       </c>
     </row>
     <row r="708" spans="1:18">
       <c r="A708">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B708" t="s">
-        <v>3088</v>
+        <v>3097</v>
       </c>
       <c r="C708" t="s">
-        <v>3089</v>
+        <v>3092</v>
       </c>
       <c r="E708" t="s">
+        <v>3098</v>
+      </c>
+      <c r="K708" t="s">
         <v>3099</v>
       </c>
-      <c r="K708" t="s">
+      <c r="L708" t="s">
         <v>3100</v>
       </c>
-      <c r="L708" t="s">
+      <c r="M708" t="s">
         <v>3101</v>
       </c>
-      <c r="M708" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N708">
         <v>3</v>
       </c>
       <c r="O708" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P708" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R708">
         <v>999</v>
       </c>
     </row>
     <row r="709" spans="1:18">
       <c r="A709">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B709" t="s">
+        <v>3097</v>
+      </c>
+      <c r="C709" t="s">
+        <v>3092</v>
+      </c>
+      <c r="E709" t="s">
+        <v>3102</v>
+      </c>
+      <c r="K709" t="s">
+        <v>414</v>
+      </c>
+      <c r="L709" t="s">
         <v>3103</v>
       </c>
-      <c r="C709" t="s">
+      <c r="M709" t="s">
         <v>3104</v>
       </c>
-      <c r="E709" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N709">
         <v>3</v>
       </c>
       <c r="O709" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P709" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R709">
         <v>999</v>
       </c>
     </row>
     <row r="710" spans="1:18">
       <c r="A710">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B710" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
       <c r="C710" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="E710" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K710" t="s">
+        <v>3108</v>
+      </c>
+      <c r="L710" t="s">
         <v>3109</v>
       </c>
-      <c r="K710" t="s">
-[...2 lines deleted...]
-      <c r="L710" t="s">
+      <c r="M710" t="s">
         <v>3110</v>
       </c>
-      <c r="M710" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N710">
         <v>3</v>
       </c>
       <c r="O710" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P710" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R710">
         <v>999</v>
       </c>
     </row>
     <row r="711" spans="1:18">
       <c r="A711">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B711" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
       <c r="C711" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="E711" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H711" t="s">
         <v>3112</v>
       </c>
       <c r="K711" t="s">
         <v>3113</v>
       </c>
       <c r="L711" t="s">
         <v>3114</v>
       </c>
       <c r="M711" t="s">
         <v>3115</v>
       </c>
       <c r="N711">
         <v>3</v>
       </c>
       <c r="O711" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P711" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R711">
         <v>999</v>
       </c>
     </row>
     <row r="712" spans="1:18">
       <c r="A712">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B712" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
       <c r="C712" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="E712" t="s">
         <v>3116</v>
       </c>
       <c r="K712" t="s">
         <v>3117</v>
       </c>
       <c r="L712" t="s">
         <v>3118</v>
       </c>
       <c r="M712" t="s">
         <v>3119</v>
       </c>
       <c r="N712">
         <v>3</v>
       </c>
       <c r="O712" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P712" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R712">
         <v>999</v>
       </c>
     </row>
     <row r="713" spans="1:18">
       <c r="A713">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B713" t="s">
-        <v>3103</v>
+        <v>3120</v>
       </c>
       <c r="C713" t="s">
-        <v>3104</v>
+        <v>3121</v>
       </c>
       <c r="E713" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="K713" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="L713" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="M713" t="s">
-        <v>3123</v>
+        <v>3125</v>
       </c>
       <c r="N713">
         <v>3</v>
       </c>
       <c r="O713" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P713" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R713">
         <v>999</v>
       </c>
     </row>
     <row r="714" spans="1:18">
       <c r="A714">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B714" t="s">
-        <v>3124</v>
+        <v>3120</v>
       </c>
       <c r="C714" t="s">
-        <v>2312</v>
+        <v>3121</v>
       </c>
       <c r="E714" t="s">
-        <v>3125</v>
+        <v>3126</v>
       </c>
       <c r="K714" t="s">
-        <v>3126</v>
+        <v>378</v>
       </c>
       <c r="L714" t="s">
         <v>3127</v>
       </c>
       <c r="M714" t="s">
         <v>3128</v>
       </c>
       <c r="N714">
         <v>3</v>
       </c>
       <c r="O714" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P714" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R714">
         <v>999</v>
       </c>
     </row>
     <row r="715" spans="1:18">
       <c r="A715">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B715" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C715" t="s">
+        <v>3121</v>
+      </c>
+      <c r="E715" t="s">
         <v>3129</v>
       </c>
-      <c r="C715" t="s">
+      <c r="K715" t="s">
         <v>3130</v>
       </c>
-      <c r="E715" t="s">
+      <c r="L715" t="s">
         <v>3131</v>
       </c>
-      <c r="K715" t="s">
+      <c r="M715" t="s">
         <v>3132</v>
       </c>
-      <c r="L715" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N715">
         <v>3</v>
       </c>
       <c r="O715" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P715" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R715">
         <v>999</v>
       </c>
     </row>
     <row r="716" spans="1:18">
       <c r="A716">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B716" t="s">
-        <v>3129</v>
+        <v>3120</v>
       </c>
       <c r="C716" t="s">
-        <v>3130</v>
+        <v>3121</v>
       </c>
       <c r="E716" t="s">
+        <v>3133</v>
+      </c>
+      <c r="K716" t="s">
+        <v>3134</v>
+      </c>
+      <c r="L716" t="s">
         <v>3135</v>
       </c>
-      <c r="G716" t="s">
+      <c r="M716" t="s">
         <v>3136</v>
       </c>
-      <c r="K716" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N716">
         <v>3</v>
       </c>
       <c r="O716" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P716" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R716">
         <v>999</v>
       </c>
     </row>
     <row r="717" spans="1:18">
       <c r="A717">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B717" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C717" t="s">
+        <v>3121</v>
+      </c>
+      <c r="E717" t="s">
+        <v>3137</v>
+      </c>
+      <c r="K717" t="s">
+        <v>3138</v>
+      </c>
+      <c r="L717" t="s">
+        <v>3139</v>
+      </c>
+      <c r="M717" t="s">
         <v>3140</v>
       </c>
-      <c r="C717" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N717">
         <v>3</v>
       </c>
       <c r="O717" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P717" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R717">
         <v>999</v>
       </c>
     </row>
     <row r="718" spans="1:18">
       <c r="A718">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B718" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C718" t="s">
+        <v>27</v>
+      </c>
+      <c r="E718" t="s">
+        <v>3142</v>
+      </c>
+      <c r="K718" t="s">
+        <v>3143</v>
+      </c>
+      <c r="L718" t="s">
+        <v>3144</v>
+      </c>
+      <c r="M718" t="s">
         <v>3145</v>
       </c>
-      <c r="C718" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N718">
         <v>3</v>
       </c>
       <c r="O718" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P718" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R718">
         <v>999</v>
       </c>
     </row>
     <row r="719" spans="1:18">
       <c r="A719">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B719" t="s">
-        <v>3129</v>
+        <v>3146</v>
       </c>
       <c r="C719" t="s">
-        <v>3130</v>
+        <v>3147</v>
       </c>
       <c r="E719" t="s">
+        <v>3148</v>
+      </c>
+      <c r="K719" t="s">
+        <v>3149</v>
+      </c>
+      <c r="L719" t="s">
         <v>3150</v>
       </c>
-      <c r="K719" t="s">
+      <c r="M719" t="s">
         <v>3151</v>
       </c>
-      <c r="L719" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N719">
         <v>3</v>
       </c>
       <c r="O719" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P719" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R719">
         <v>999</v>
       </c>
     </row>
     <row r="720" spans="1:18">
       <c r="A720">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B720" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C720" t="s">
+        <v>3147</v>
+      </c>
+      <c r="E720" t="s">
+        <v>3152</v>
+      </c>
+      <c r="G720" t="s">
+        <v>3153</v>
+      </c>
+      <c r="K720" t="s">
         <v>3154</v>
       </c>
-      <c r="C720" t="s">
+      <c r="L720" t="s">
         <v>3155</v>
       </c>
-      <c r="E720" t="s">
+      <c r="M720" t="s">
         <v>3156</v>
       </c>
-      <c r="G720" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N720">
         <v>3</v>
       </c>
       <c r="O720" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P720" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R720">
         <v>999</v>
       </c>
     </row>
     <row r="721" spans="1:18">
       <c r="A721">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B721" t="s">
-        <v>3154</v>
+        <v>3157</v>
       </c>
       <c r="C721" t="s">
-        <v>3155</v>
+        <v>3147</v>
       </c>
       <c r="E721" t="s">
+        <v>3158</v>
+      </c>
+      <c r="K721" t="s">
+        <v>3159</v>
+      </c>
+      <c r="L721" t="s">
+        <v>3160</v>
+      </c>
+      <c r="M721" t="s">
         <v>3161</v>
       </c>
-      <c r="K721" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N721">
         <v>3</v>
       </c>
       <c r="O721" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P721" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R721">
         <v>999</v>
       </c>
     </row>
     <row r="722" spans="1:18">
       <c r="A722">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B722" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C722" t="s">
+        <v>3147</v>
+      </c>
+      <c r="E722" t="s">
+        <v>3163</v>
+      </c>
+      <c r="K722" t="s">
+        <v>3164</v>
+      </c>
+      <c r="L722" t="s">
         <v>3165</v>
       </c>
-      <c r="C722" t="s">
+      <c r="M722" t="s">
         <v>3166</v>
       </c>
-      <c r="E722" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N722">
         <v>3</v>
       </c>
       <c r="O722" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P722" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R722">
         <v>999</v>
       </c>
     </row>
     <row r="723" spans="1:18">
       <c r="A723">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B723" t="s">
-        <v>3172</v>
+        <v>3146</v>
       </c>
       <c r="C723" t="s">
-        <v>3166</v>
+        <v>3147</v>
       </c>
       <c r="E723" t="s">
-        <v>3173</v>
+        <v>3167</v>
       </c>
       <c r="K723" t="s">
-        <v>3174</v>
+        <v>3168</v>
       </c>
       <c r="L723" t="s">
-        <v>3175</v>
+        <v>3169</v>
       </c>
       <c r="M723" t="s">
-        <v>3176</v>
+        <v>3170</v>
       </c>
       <c r="N723">
         <v>3</v>
       </c>
       <c r="O723" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P723" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R723">
         <v>999</v>
       </c>
     </row>
     <row r="724" spans="1:18">
       <c r="A724">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B724" t="s">
+        <v>3171</v>
+      </c>
+      <c r="C724" t="s">
+        <v>3172</v>
+      </c>
+      <c r="E724" t="s">
+        <v>3173</v>
+      </c>
+      <c r="G724" t="s">
+        <v>3174</v>
+      </c>
+      <c r="K724" t="s">
+        <v>3175</v>
+      </c>
+      <c r="L724" t="s">
+        <v>3176</v>
+      </c>
+      <c r="M724" t="s">
         <v>3177</v>
       </c>
-      <c r="C724" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N724">
         <v>3</v>
       </c>
       <c r="O724" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P724" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R724">
         <v>999</v>
       </c>
     </row>
     <row r="725" spans="1:18">
       <c r="A725">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B725" t="s">
-        <v>3177</v>
+        <v>3171</v>
       </c>
       <c r="C725" t="s">
+        <v>3172</v>
+      </c>
+      <c r="E725" t="s">
         <v>3178</v>
       </c>
-      <c r="E725" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K725" t="s">
-        <v>3184</v>
+        <v>3179</v>
       </c>
       <c r="L725" t="s">
-        <v>3185</v>
+        <v>3180</v>
       </c>
       <c r="M725" t="s">
-        <v>3186</v>
+        <v>3181</v>
       </c>
       <c r="N725">
         <v>3</v>
       </c>
       <c r="O725" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P725" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R725">
         <v>999</v>
       </c>
     </row>
     <row r="726" spans="1:18">
       <c r="A726">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B726" t="s">
-        <v>3177</v>
+        <v>3182</v>
       </c>
       <c r="C726" t="s">
-        <v>3178</v>
+        <v>3183</v>
       </c>
       <c r="E726" t="s">
+        <v>3184</v>
+      </c>
+      <c r="G726" t="s">
+        <v>3185</v>
+      </c>
+      <c r="K726" t="s">
+        <v>3186</v>
+      </c>
+      <c r="L726" t="s">
         <v>3187</v>
       </c>
-      <c r="K726" t="s">
+      <c r="M726" t="s">
         <v>3188</v>
       </c>
-      <c r="L726" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N726">
         <v>3</v>
       </c>
       <c r="O726" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P726" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R726">
         <v>999</v>
       </c>
     </row>
     <row r="727" spans="1:18">
       <c r="A727">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B727" t="s">
+        <v>3189</v>
+      </c>
+      <c r="C727" t="s">
+        <v>3183</v>
+      </c>
+      <c r="E727" t="s">
+        <v>3190</v>
+      </c>
+      <c r="K727" t="s">
         <v>3191</v>
       </c>
-      <c r="C727" t="s">
-[...2 lines deleted...]
-      <c r="E727" t="s">
+      <c r="L727" t="s">
         <v>3192</v>
       </c>
-      <c r="G727" t="s">
+      <c r="M727" t="s">
         <v>3193</v>
       </c>
-      <c r="K727" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N727">
         <v>3</v>
       </c>
       <c r="O727" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P727" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R727">
         <v>999</v>
       </c>
     </row>
     <row r="728" spans="1:18">
       <c r="A728">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B728" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C728" t="s">
+        <v>3195</v>
+      </c>
+      <c r="E728" t="s">
+        <v>3196</v>
+      </c>
+      <c r="K728" t="s">
         <v>3197</v>
       </c>
-      <c r="C728" t="s">
-[...2 lines deleted...]
-      <c r="E728" t="s">
+      <c r="L728" t="s">
         <v>3198</v>
       </c>
-      <c r="K728" t="s">
+      <c r="M728" t="s">
         <v>3199</v>
       </c>
-      <c r="L728" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N728">
         <v>3</v>
       </c>
       <c r="O728" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P728" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R728">
         <v>999</v>
       </c>
     </row>
     <row r="729" spans="1:18">
       <c r="A729">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B729" t="s">
-        <v>3197</v>
+        <v>3194</v>
       </c>
       <c r="C729" t="s">
-        <v>2992</v>
+        <v>3195</v>
       </c>
       <c r="E729" t="s">
+        <v>3200</v>
+      </c>
+      <c r="K729" t="s">
+        <v>3201</v>
+      </c>
+      <c r="L729" t="s">
         <v>3202</v>
       </c>
-      <c r="H729" t="s">
+      <c r="M729" t="s">
         <v>3203</v>
       </c>
-      <c r="K729" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N729">
         <v>3</v>
       </c>
       <c r="O729" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P729" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R729">
         <v>999</v>
       </c>
     </row>
     <row r="730" spans="1:18">
       <c r="A730">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B730" t="s">
-        <v>3191</v>
+        <v>3194</v>
       </c>
       <c r="C730" t="s">
-        <v>2992</v>
+        <v>3195</v>
       </c>
       <c r="E730" t="s">
+        <v>3204</v>
+      </c>
+      <c r="K730" t="s">
+        <v>3205</v>
+      </c>
+      <c r="L730" t="s">
+        <v>3206</v>
+      </c>
+      <c r="M730" t="s">
         <v>3207</v>
       </c>
-      <c r="K730" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N730">
         <v>3</v>
       </c>
       <c r="O730" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P730" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R730">
         <v>999</v>
       </c>
     </row>
     <row r="731" spans="1:18">
       <c r="A731">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B731" t="s">
-        <v>3191</v>
+        <v>3208</v>
       </c>
       <c r="C731" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E731" t="s">
+        <v>3209</v>
+      </c>
+      <c r="G731" t="s">
         <v>3210</v>
       </c>
       <c r="K731" t="s">
         <v>3211</v>
       </c>
       <c r="L731" t="s">
         <v>3212</v>
       </c>
       <c r="M731" t="s">
         <v>3213</v>
       </c>
       <c r="N731">
         <v>3</v>
       </c>
       <c r="O731" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P731" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R731">
         <v>999</v>
       </c>
     </row>
     <row r="732" spans="1:18">
       <c r="A732">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B732" t="s">
-        <v>3191</v>
+        <v>3214</v>
       </c>
       <c r="C732" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E732" t="s">
-        <v>3214</v>
+        <v>3215</v>
       </c>
       <c r="K732" t="s">
-        <v>3215</v>
+        <v>3216</v>
       </c>
       <c r="L732" t="s">
-        <v>3216</v>
+        <v>3217</v>
       </c>
       <c r="M732" t="s">
-        <v>3217</v>
+        <v>3218</v>
       </c>
       <c r="N732">
         <v>3</v>
       </c>
       <c r="O732" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P732" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R732">
         <v>999</v>
       </c>
     </row>
     <row r="733" spans="1:18">
       <c r="A733">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B733" t="s">
-        <v>3197</v>
+        <v>3214</v>
       </c>
       <c r="C733" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E733" t="s">
-        <v>3218</v>
+        <v>3219</v>
+      </c>
+      <c r="H733" t="s">
+        <v>3220</v>
       </c>
       <c r="K733" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="L733" t="s">
-        <v>3220</v>
+        <v>3222</v>
       </c>
       <c r="M733" t="s">
-        <v>3221</v>
+        <v>3223</v>
       </c>
       <c r="N733">
         <v>3</v>
       </c>
       <c r="O733" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P733" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R733">
         <v>999</v>
       </c>
     </row>
     <row r="734" spans="1:18">
       <c r="A734">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B734" t="s">
-        <v>3191</v>
+        <v>3208</v>
       </c>
       <c r="C734" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E734" t="s">
-        <v>3222</v>
+        <v>3224</v>
       </c>
       <c r="K734" t="s">
-        <v>3223</v>
+        <v>626</v>
       </c>
       <c r="L734" t="s">
-        <v>3224</v>
+        <v>3225</v>
       </c>
       <c r="M734" t="s">
-        <v>3225</v>
+        <v>3226</v>
       </c>
       <c r="N734">
         <v>3</v>
       </c>
       <c r="O734" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P734" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R734">
         <v>999</v>
       </c>
     </row>
     <row r="735" spans="1:18">
       <c r="A735">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B735" t="s">
-        <v>3197</v>
+        <v>3208</v>
       </c>
       <c r="C735" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E735" t="s">
-        <v>3226</v>
+        <v>3227</v>
       </c>
       <c r="K735" t="s">
-        <v>3227</v>
+        <v>3228</v>
       </c>
       <c r="L735" t="s">
-        <v>3228</v>
+        <v>3229</v>
       </c>
       <c r="M735" t="s">
-        <v>3229</v>
+        <v>3230</v>
       </c>
       <c r="N735">
         <v>3</v>
       </c>
       <c r="O735" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P735" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R735">
         <v>999</v>
       </c>
     </row>
     <row r="736" spans="1:18">
       <c r="A736">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B736" t="s">
-        <v>3191</v>
+        <v>3208</v>
       </c>
       <c r="C736" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E736" t="s">
-        <v>3230</v>
+        <v>3231</v>
       </c>
       <c r="K736" t="s">
-        <v>3231</v>
+        <v>3232</v>
       </c>
       <c r="L736" t="s">
-        <v>3232</v>
+        <v>3233</v>
       </c>
       <c r="M736" t="s">
-        <v>3233</v>
+        <v>3234</v>
       </c>
       <c r="N736">
         <v>3</v>
       </c>
       <c r="O736" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P736" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R736">
         <v>999</v>
       </c>
     </row>
     <row r="737" spans="1:18">
       <c r="A737">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B737" t="s">
-        <v>3197</v>
+        <v>3214</v>
       </c>
       <c r="C737" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E737" t="s">
-        <v>3234</v>
+        <v>3235</v>
       </c>
       <c r="K737" t="s">
-        <v>3235</v>
+        <v>3236</v>
       </c>
       <c r="L737" t="s">
-        <v>3236</v>
+        <v>3237</v>
       </c>
       <c r="M737" t="s">
-        <v>3237</v>
+        <v>3238</v>
       </c>
       <c r="N737">
         <v>3</v>
       </c>
       <c r="O737" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P737" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R737">
         <v>999</v>
       </c>
     </row>
     <row r="738" spans="1:18">
       <c r="A738">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B738" t="s">
-        <v>3191</v>
+        <v>3208</v>
       </c>
       <c r="C738" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E738" t="s">
-        <v>3238</v>
+        <v>3239</v>
       </c>
       <c r="K738" t="s">
-        <v>3239</v>
+        <v>3240</v>
       </c>
       <c r="L738" t="s">
-        <v>3240</v>
+        <v>3241</v>
       </c>
       <c r="M738" t="s">
-        <v>3241</v>
+        <v>3242</v>
       </c>
       <c r="N738">
         <v>3</v>
       </c>
       <c r="O738" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P738" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R738">
         <v>999</v>
       </c>
     </row>
     <row r="739" spans="1:18">
       <c r="A739">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B739" t="s">
-        <v>3197</v>
+        <v>3214</v>
       </c>
       <c r="C739" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E739" t="s">
-        <v>3242</v>
+        <v>3243</v>
       </c>
       <c r="K739" t="s">
-        <v>3243</v>
+        <v>3244</v>
       </c>
       <c r="L739" t="s">
-        <v>3244</v>
+        <v>3245</v>
       </c>
       <c r="M739" t="s">
-        <v>3245</v>
+        <v>3246</v>
       </c>
       <c r="N739">
         <v>3</v>
       </c>
       <c r="O739" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P739" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R739">
         <v>999</v>
       </c>
     </row>
     <row r="740" spans="1:18">
       <c r="A740">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B740" t="s">
-        <v>3191</v>
+        <v>3208</v>
       </c>
       <c r="C740" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E740" t="s">
-        <v>3246</v>
+        <v>3247</v>
       </c>
       <c r="K740" t="s">
-        <v>3247</v>
+        <v>3248</v>
       </c>
       <c r="L740" t="s">
-        <v>3248</v>
+        <v>3249</v>
       </c>
       <c r="M740" t="s">
-        <v>3249</v>
+        <v>3250</v>
       </c>
       <c r="N740">
         <v>3</v>
       </c>
       <c r="O740" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P740" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R740">
         <v>999</v>
       </c>
     </row>
     <row r="741" spans="1:18">
       <c r="A741">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B741" t="s">
-        <v>3197</v>
+        <v>3214</v>
       </c>
       <c r="C741" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E741" t="s">
-        <v>3250</v>
+        <v>3251</v>
       </c>
       <c r="K741" t="s">
-        <v>3251</v>
+        <v>3252</v>
       </c>
       <c r="L741" t="s">
-        <v>3252</v>
+        <v>3253</v>
       </c>
       <c r="M741" t="s">
-        <v>3253</v>
+        <v>3254</v>
       </c>
       <c r="N741">
         <v>3</v>
       </c>
       <c r="O741" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P741" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R741">
         <v>999</v>
       </c>
     </row>
     <row r="742" spans="1:18">
       <c r="A742">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B742" t="s">
-        <v>3191</v>
+        <v>3208</v>
       </c>
       <c r="C742" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
       <c r="E742" t="s">
-        <v>3254</v>
+        <v>3255</v>
       </c>
       <c r="K742" t="s">
-        <v>3255</v>
+        <v>3256</v>
       </c>
       <c r="L742" t="s">
-        <v>3256</v>
+        <v>3257</v>
       </c>
       <c r="M742" t="s">
-        <v>3257</v>
+        <v>3258</v>
       </c>
       <c r="N742">
         <v>3</v>
       </c>
       <c r="O742" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P742" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R742">
         <v>999</v>
       </c>
     </row>
     <row r="743" spans="1:18">
       <c r="A743">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B743" t="s">
-        <v>3258</v>
+        <v>3214</v>
       </c>
       <c r="C743" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E743" t="s">
         <v>3259</v>
       </c>
-      <c r="E743" t="s">
+      <c r="K743" t="s">
         <v>3260</v>
       </c>
-      <c r="K743" t="s">
+      <c r="L743" t="s">
         <v>3261</v>
       </c>
-      <c r="L743" t="s">
+      <c r="M743" t="s">
         <v>3262</v>
       </c>
-      <c r="M743" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N743">
         <v>3</v>
       </c>
       <c r="O743" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P743" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R743">
         <v>999</v>
       </c>
     </row>
     <row r="744" spans="1:18">
       <c r="A744">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B744" t="s">
+        <v>3208</v>
+      </c>
+      <c r="C744" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E744" t="s">
+        <v>3263</v>
+      </c>
+      <c r="K744" t="s">
         <v>3264</v>
       </c>
-      <c r="C744" t="s">
-[...2 lines deleted...]
-      <c r="E744" t="s">
+      <c r="L744" t="s">
         <v>3265</v>
       </c>
-      <c r="K744" t="s">
+      <c r="M744" t="s">
         <v>3266</v>
       </c>
-      <c r="L744" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N744">
         <v>3</v>
       </c>
       <c r="O744" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P744" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R744">
         <v>999</v>
       </c>
     </row>
     <row r="745" spans="1:18">
       <c r="A745">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B745" t="s">
+        <v>3214</v>
+      </c>
+      <c r="C745" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E745" t="s">
+        <v>3267</v>
+      </c>
+      <c r="K745" t="s">
+        <v>3268</v>
+      </c>
+      <c r="L745" t="s">
         <v>3269</v>
       </c>
-      <c r="C745" t="s">
-[...2 lines deleted...]
-      <c r="E745" t="s">
+      <c r="M745" t="s">
         <v>3270</v>
       </c>
-      <c r="K745" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N745">
         <v>3</v>
       </c>
       <c r="O745" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P745" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R745">
         <v>999</v>
       </c>
     </row>
     <row r="746" spans="1:18">
       <c r="A746">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B746" t="s">
+        <v>3208</v>
+      </c>
+      <c r="C746" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E746" t="s">
+        <v>3271</v>
+      </c>
+      <c r="K746" t="s">
+        <v>3272</v>
+      </c>
+      <c r="L746" t="s">
+        <v>3273</v>
+      </c>
+      <c r="M746" t="s">
         <v>3274</v>
       </c>
-      <c r="C746" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N746">
         <v>3</v>
       </c>
       <c r="O746" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P746" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R746">
         <v>999</v>
       </c>
     </row>
     <row r="747" spans="1:18">
       <c r="A747">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B747" t="s">
+        <v>3275</v>
+      </c>
+      <c r="C747" t="s">
+        <v>3276</v>
+      </c>
+      <c r="E747" t="s">
+        <v>3277</v>
+      </c>
+      <c r="K747" t="s">
+        <v>3278</v>
+      </c>
+      <c r="L747" t="s">
+        <v>3279</v>
+      </c>
+      <c r="M747" t="s">
         <v>3280</v>
       </c>
-      <c r="C747" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N747">
         <v>3</v>
       </c>
       <c r="O747" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P747" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R747">
         <v>999</v>
       </c>
     </row>
     <row r="748" spans="1:18">
       <c r="A748">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B748" t="s">
+        <v>3281</v>
+      </c>
+      <c r="C748" t="s">
+        <v>3276</v>
+      </c>
+      <c r="E748" t="s">
+        <v>3282</v>
+      </c>
+      <c r="K748" t="s">
+        <v>3283</v>
+      </c>
+      <c r="L748" t="s">
+        <v>3284</v>
+      </c>
+      <c r="M748" t="s">
         <v>3285</v>
       </c>
-      <c r="C748" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N748">
         <v>3</v>
       </c>
       <c r="O748" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P748" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R748">
         <v>999</v>
       </c>
     </row>
     <row r="749" spans="1:18">
       <c r="A749">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B749" t="s">
+        <v>3286</v>
+      </c>
+      <c r="C749" t="s">
+        <v>3276</v>
+      </c>
+      <c r="E749" t="s">
+        <v>3287</v>
+      </c>
+      <c r="K749" t="s">
+        <v>3288</v>
+      </c>
+      <c r="L749" t="s">
         <v>3289</v>
       </c>
-      <c r="C749" t="s">
-[...2 lines deleted...]
-      <c r="E749" t="s">
+      <c r="M749" t="s">
         <v>3290</v>
       </c>
-      <c r="K749" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N749">
         <v>3</v>
       </c>
       <c r="O749" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P749" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R749">
         <v>999</v>
       </c>
     </row>
     <row r="750" spans="1:18">
       <c r="A750">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B750" t="s">
+        <v>3291</v>
+      </c>
+      <c r="C750" t="s">
+        <v>3292</v>
+      </c>
+      <c r="E750" t="s">
         <v>3293</v>
       </c>
-      <c r="C750" t="s">
-[...2 lines deleted...]
-      <c r="E750" t="s">
+      <c r="K750" t="s">
         <v>3294</v>
       </c>
-      <c r="K750" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L750" t="s">
-        <v>1384</v>
+        <v>3295</v>
       </c>
       <c r="M750" t="s">
-        <v>3295</v>
+        <v>3296</v>
       </c>
       <c r="N750">
         <v>3</v>
       </c>
       <c r="O750" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P750" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R750">
         <v>999</v>
       </c>
     </row>
     <row r="751" spans="1:18">
       <c r="A751">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B751" t="s">
-        <v>3296</v>
+        <v>3297</v>
       </c>
       <c r="C751" t="s">
-        <v>3297</v>
+        <v>3292</v>
       </c>
       <c r="E751" t="s">
         <v>3298</v>
       </c>
       <c r="K751" t="s">
-        <v>1670</v>
+        <v>3299</v>
       </c>
       <c r="L751" t="s">
-        <v>3299</v>
+        <v>3300</v>
       </c>
       <c r="M751" t="s">
-        <v>3300</v>
+        <v>3301</v>
       </c>
       <c r="N751">
         <v>3</v>
       </c>
       <c r="O751" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P751" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R751">
         <v>999</v>
       </c>
     </row>
     <row r="752" spans="1:18">
       <c r="A752">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B752" t="s">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="C752" t="s">
-        <v>3297</v>
+        <v>3292</v>
       </c>
       <c r="E752" t="s">
-        <v>3302</v>
+        <v>3303</v>
       </c>
       <c r="K752" t="s">
-        <v>3303</v>
+        <v>2599</v>
       </c>
       <c r="L752" t="s">
         <v>3304</v>
       </c>
       <c r="M752" t="s">
         <v>3305</v>
       </c>
       <c r="N752">
         <v>3</v>
       </c>
       <c r="O752" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P752" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R752">
         <v>999</v>
       </c>
     </row>
     <row r="753" spans="1:18">
       <c r="A753">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B753" t="s">
         <v>3306</v>
       </c>
       <c r="C753" t="s">
-        <v>3297</v>
+        <v>3292</v>
       </c>
       <c r="E753" t="s">
         <v>3307</v>
       </c>
       <c r="K753" t="s">
+        <v>2618</v>
+      </c>
+      <c r="L753" t="s">
         <v>3308</v>
       </c>
-      <c r="L753" t="s">
+      <c r="M753" t="s">
         <v>3309</v>
       </c>
-      <c r="M753" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N753">
         <v>3</v>
       </c>
       <c r="O753" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P753" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R753">
         <v>999</v>
       </c>
     </row>
     <row r="754" spans="1:18">
       <c r="A754">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B754" t="s">
+        <v>3310</v>
+      </c>
+      <c r="C754" t="s">
+        <v>3292</v>
+      </c>
+      <c r="E754" t="s">
         <v>3311</v>
       </c>
-      <c r="C754" t="s">
-[...2 lines deleted...]
-      <c r="E754" t="s">
+      <c r="K754" t="s">
+        <v>1932</v>
+      </c>
+      <c r="L754" t="s">
+        <v>1403</v>
+      </c>
+      <c r="M754" t="s">
         <v>3312</v>
       </c>
-      <c r="K754" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N754">
         <v>3</v>
       </c>
       <c r="O754" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P754" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R754">
         <v>999</v>
       </c>
     </row>
     <row r="755" spans="1:18">
       <c r="A755">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B755" t="s">
+        <v>3313</v>
+      </c>
+      <c r="C755" t="s">
+        <v>3314</v>
+      </c>
+      <c r="E755" t="s">
+        <v>3315</v>
+      </c>
+      <c r="K755" t="s">
+        <v>1688</v>
+      </c>
+      <c r="L755" t="s">
         <v>3316</v>
       </c>
-      <c r="C755" t="s">
-[...2 lines deleted...]
-      <c r="E755" t="s">
+      <c r="M755" t="s">
         <v>3317</v>
       </c>
-      <c r="K755" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N755">
         <v>3</v>
       </c>
       <c r="O755" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P755" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R755">
         <v>999</v>
       </c>
     </row>
     <row r="756" spans="1:18">
       <c r="A756">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B756" t="s">
+        <v>3318</v>
+      </c>
+      <c r="C756" t="s">
+        <v>3314</v>
+      </c>
+      <c r="E756" t="s">
+        <v>3319</v>
+      </c>
+      <c r="K756" t="s">
+        <v>3320</v>
+      </c>
+      <c r="L756" t="s">
         <v>3321</v>
       </c>
-      <c r="C756" t="s">
+      <c r="M756" t="s">
         <v>3322</v>
       </c>
-      <c r="E756" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N756">
         <v>3</v>
       </c>
       <c r="O756" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P756" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R756">
         <v>999</v>
       </c>
     </row>
     <row r="757" spans="1:18">
       <c r="A757">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B757" t="s">
+        <v>3323</v>
+      </c>
+      <c r="C757" t="s">
+        <v>3314</v>
+      </c>
+      <c r="E757" t="s">
+        <v>3324</v>
+      </c>
+      <c r="K757" t="s">
+        <v>3325</v>
+      </c>
+      <c r="L757" t="s">
+        <v>3326</v>
+      </c>
+      <c r="M757" t="s">
         <v>3327</v>
       </c>
-      <c r="C757" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N757">
         <v>3</v>
       </c>
       <c r="O757" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P757" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R757">
         <v>999</v>
       </c>
     </row>
     <row r="758" spans="1:18">
       <c r="A758">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B758" t="s">
+        <v>3328</v>
+      </c>
+      <c r="C758" t="s">
+        <v>3314</v>
+      </c>
+      <c r="E758" t="s">
+        <v>3329</v>
+      </c>
+      <c r="K758" t="s">
+        <v>3330</v>
+      </c>
+      <c r="L758" t="s">
+        <v>3331</v>
+      </c>
+      <c r="M758" t="s">
         <v>3332</v>
       </c>
-      <c r="C758" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N758">
         <v>3</v>
       </c>
       <c r="O758" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P758" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R758">
         <v>999</v>
       </c>
     </row>
     <row r="759" spans="1:18">
       <c r="A759">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B759" t="s">
-        <v>3338</v>
+        <v>3333</v>
       </c>
       <c r="C759" t="s">
-        <v>3333</v>
+        <v>3314</v>
       </c>
       <c r="E759" t="s">
-        <v>3339</v>
+        <v>3334</v>
       </c>
       <c r="K759" t="s">
-        <v>3340</v>
+        <v>3335</v>
       </c>
       <c r="L759" t="s">
-        <v>3341</v>
+        <v>3336</v>
       </c>
       <c r="M759" t="s">
-        <v>3342</v>
+        <v>3337</v>
       </c>
       <c r="N759">
         <v>3</v>
       </c>
       <c r="O759" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P759" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R759">
         <v>999</v>
       </c>
     </row>
     <row r="760" spans="1:18">
       <c r="A760">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B760" t="s">
+        <v>3338</v>
+      </c>
+      <c r="C760" t="s">
+        <v>3339</v>
+      </c>
+      <c r="E760" t="s">
+        <v>3340</v>
+      </c>
+      <c r="K760" t="s">
+        <v>3341</v>
+      </c>
+      <c r="L760" t="s">
+        <v>3342</v>
+      </c>
+      <c r="M760" t="s">
         <v>3343</v>
       </c>
-      <c r="C760" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N760">
         <v>3</v>
       </c>
       <c r="O760" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P760" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R760">
         <v>999</v>
       </c>
     </row>
     <row r="761" spans="1:18">
       <c r="A761">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B761" t="s">
-        <v>3327</v>
+        <v>3344</v>
       </c>
       <c r="C761" t="s">
-        <v>3333</v>
+        <v>3339</v>
       </c>
       <c r="E761" t="s">
+        <v>3345</v>
+      </c>
+      <c r="K761" t="s">
+        <v>3346</v>
+      </c>
+      <c r="L761" t="s">
         <v>3347</v>
       </c>
-      <c r="K761" t="s">
+      <c r="M761" t="s">
         <v>3348</v>
       </c>
-      <c r="L761" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N761">
         <v>3</v>
       </c>
       <c r="O761" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P761" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R761">
         <v>999</v>
       </c>
     </row>
     <row r="762" spans="1:18">
       <c r="A762">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B762" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C762" t="s">
+        <v>3350</v>
+      </c>
+      <c r="E762" t="s">
         <v>3351</v>
       </c>
-      <c r="C762" t="s">
-[...2 lines deleted...]
-      <c r="E762" t="s">
+      <c r="K762" t="s">
         <v>3352</v>
       </c>
-      <c r="H762" t="s">
+      <c r="L762" t="s">
         <v>3353</v>
       </c>
-      <c r="K762" t="s">
-[...2 lines deleted...]
-      <c r="L762" t="s">
+      <c r="M762" t="s">
         <v>3354</v>
       </c>
-      <c r="M762" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N762">
         <v>3</v>
       </c>
       <c r="O762" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P762" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R762">
         <v>999</v>
       </c>
     </row>
     <row r="763" spans="1:18">
       <c r="A763">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B763" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C763" t="s">
+        <v>3350</v>
+      </c>
+      <c r="E763" t="s">
         <v>3356</v>
       </c>
-      <c r="C763" t="s">
-[...2 lines deleted...]
-      <c r="E763" t="s">
+      <c r="K763" t="s">
         <v>3357</v>
       </c>
-      <c r="K763" t="s">
+      <c r="L763" t="s">
         <v>3358</v>
       </c>
-      <c r="L763" t="s">
+      <c r="M763" t="s">
         <v>3359</v>
       </c>
-      <c r="M763" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N763">
         <v>3</v>
       </c>
       <c r="O763" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P763" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R763">
         <v>999</v>
       </c>
     </row>
     <row r="764" spans="1:18">
       <c r="A764">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B764" t="s">
+        <v>3360</v>
+      </c>
+      <c r="C764" t="s">
+        <v>3350</v>
+      </c>
+      <c r="E764" t="s">
         <v>3361</v>
       </c>
-      <c r="C764" t="s">
-[...2 lines deleted...]
-      <c r="E764" t="s">
+      <c r="K764" t="s">
+        <v>1470</v>
+      </c>
+      <c r="L764" t="s">
         <v>3362</v>
       </c>
-      <c r="K764" t="s">
-[...2 lines deleted...]
-      <c r="L764" t="s">
+      <c r="M764" t="s">
         <v>3363</v>
       </c>
-      <c r="M764" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N764">
         <v>3</v>
       </c>
       <c r="O764" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P764" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R764">
         <v>999</v>
       </c>
     </row>
     <row r="765" spans="1:18">
       <c r="A765">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B765" t="s">
+        <v>3344</v>
+      </c>
+      <c r="C765" t="s">
+        <v>3350</v>
+      </c>
+      <c r="E765" t="s">
+        <v>3364</v>
+      </c>
+      <c r="K765" t="s">
         <v>3365</v>
       </c>
-      <c r="C765" t="s">
-[...2 lines deleted...]
-      <c r="E765" t="s">
+      <c r="L765" t="s">
         <v>3366</v>
       </c>
-      <c r="K765" t="s">
-[...2 lines deleted...]
-      <c r="L765" t="s">
+      <c r="M765" t="s">
         <v>3367</v>
       </c>
-      <c r="M765" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N765">
         <v>3</v>
       </c>
       <c r="O765" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P765" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R765">
         <v>999</v>
       </c>
     </row>
     <row r="766" spans="1:18">
       <c r="A766">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B766" t="s">
+        <v>3368</v>
+      </c>
+      <c r="C766" t="s">
+        <v>3350</v>
+      </c>
+      <c r="E766" t="s">
         <v>3369</v>
       </c>
-      <c r="C766" t="s">
-[...2 lines deleted...]
-      <c r="E766" t="s">
+      <c r="H766" t="s">
         <v>3370</v>
       </c>
       <c r="K766" t="s">
+        <v>2777</v>
+      </c>
+      <c r="L766" t="s">
         <v>3371</v>
       </c>
-      <c r="L766" t="s">
+      <c r="M766" t="s">
         <v>3372</v>
       </c>
-      <c r="M766" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N766">
         <v>3</v>
       </c>
       <c r="O766" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P766" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R766">
         <v>999</v>
       </c>
     </row>
     <row r="767" spans="1:18">
       <c r="A767">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B767" t="s">
+        <v>3373</v>
+      </c>
+      <c r="C767" t="s">
+        <v>3350</v>
+      </c>
+      <c r="E767" t="s">
         <v>3374</v>
       </c>
-      <c r="C767" t="s">
+      <c r="K767" t="s">
         <v>3375</v>
       </c>
-      <c r="E767" t="s">
+      <c r="L767" t="s">
         <v>3376</v>
       </c>
-      <c r="K767" t="s">
+      <c r="M767" t="s">
         <v>3377</v>
       </c>
-      <c r="L767" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N767">
         <v>3</v>
       </c>
       <c r="O767" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P767" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R767">
         <v>999</v>
       </c>
     </row>
     <row r="768" spans="1:18">
       <c r="A768">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B768" t="s">
+        <v>3378</v>
+      </c>
+      <c r="C768" t="s">
+        <v>3147</v>
+      </c>
+      <c r="E768" t="s">
+        <v>3379</v>
+      </c>
+      <c r="K768" t="s">
+        <v>2579</v>
+      </c>
+      <c r="L768" t="s">
         <v>3380</v>
       </c>
-      <c r="C768" t="s">
-[...2 lines deleted...]
-      <c r="E768" t="s">
+      <c r="M768" t="s">
         <v>3381</v>
       </c>
-      <c r="K768" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N768">
         <v>3</v>
       </c>
       <c r="O768" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P768" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R768">
         <v>999</v>
       </c>
     </row>
     <row r="769" spans="1:18">
       <c r="A769">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B769" t="s">
-        <v>3374</v>
+        <v>3382</v>
       </c>
       <c r="C769" t="s">
-        <v>3375</v>
+        <v>3147</v>
       </c>
       <c r="E769" t="s">
+        <v>3383</v>
+      </c>
+      <c r="K769" t="s">
+        <v>2540</v>
+      </c>
+      <c r="L769" t="s">
+        <v>3384</v>
+      </c>
+      <c r="M769" t="s">
         <v>3385</v>
       </c>
-      <c r="K769" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N769">
         <v>3</v>
       </c>
       <c r="O769" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P769" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R769">
         <v>999</v>
       </c>
     </row>
     <row r="770" spans="1:18">
       <c r="A770">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B770" t="s">
-        <v>3380</v>
+        <v>3386</v>
       </c>
       <c r="C770" t="s">
-        <v>3375</v>
+        <v>3147</v>
       </c>
       <c r="E770" t="s">
+        <v>3387</v>
+      </c>
+      <c r="K770" t="s">
+        <v>3388</v>
+      </c>
+      <c r="L770" t="s">
         <v>3389</v>
       </c>
-      <c r="K770" t="s">
+      <c r="M770" t="s">
         <v>3390</v>
       </c>
-      <c r="L770" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N770">
         <v>3</v>
       </c>
       <c r="O770" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P770" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R770">
         <v>999</v>
       </c>
     </row>
     <row r="771" spans="1:18">
       <c r="A771">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B771" t="s">
+        <v>3391</v>
+      </c>
+      <c r="C771" t="s">
+        <v>3392</v>
+      </c>
+      <c r="E771" t="s">
         <v>3393</v>
       </c>
-      <c r="C771" t="s">
+      <c r="K771" t="s">
         <v>3394</v>
       </c>
-      <c r="E771" t="s">
+      <c r="L771" t="s">
         <v>3395</v>
       </c>
-      <c r="K771" t="s">
+      <c r="M771" t="s">
         <v>3396</v>
       </c>
-      <c r="L771" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N771">
         <v>3</v>
       </c>
       <c r="O771" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P771" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R771">
         <v>999</v>
       </c>
     </row>
     <row r="772" spans="1:18">
       <c r="A772">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B772" t="s">
+        <v>3397</v>
+      </c>
+      <c r="C772" t="s">
+        <v>3392</v>
+      </c>
+      <c r="E772" t="s">
+        <v>3398</v>
+      </c>
+      <c r="K772" t="s">
         <v>3399</v>
       </c>
-      <c r="C772" t="s">
-[...2 lines deleted...]
-      <c r="E772" t="s">
+      <c r="L772" t="s">
         <v>3400</v>
       </c>
-      <c r="K772" t="s">
+      <c r="M772" t="s">
         <v>3401</v>
       </c>
-      <c r="L772" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N772">
         <v>3</v>
       </c>
       <c r="O772" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P772" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R772">
         <v>999</v>
       </c>
     </row>
     <row r="773" spans="1:18">
       <c r="A773">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B773" t="s">
-        <v>3393</v>
+        <v>3391</v>
       </c>
       <c r="C773" t="s">
-        <v>3394</v>
+        <v>3392</v>
       </c>
       <c r="E773" t="s">
+        <v>3402</v>
+      </c>
+      <c r="K773" t="s">
+        <v>3403</v>
+      </c>
+      <c r="L773" t="s">
         <v>3404</v>
       </c>
-      <c r="H773" t="s">
+      <c r="M773" t="s">
         <v>3405</v>
       </c>
-      <c r="K773" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N773">
         <v>3</v>
       </c>
       <c r="O773" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P773" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R773">
         <v>999</v>
       </c>
     </row>
     <row r="774" spans="1:18">
       <c r="A774">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B774" t="s">
-        <v>3393</v>
+        <v>3397</v>
       </c>
       <c r="C774" t="s">
-        <v>3394</v>
+        <v>3392</v>
       </c>
       <c r="E774" t="s">
+        <v>3406</v>
+      </c>
+      <c r="K774" t="s">
+        <v>3407</v>
+      </c>
+      <c r="L774" t="s">
+        <v>3408</v>
+      </c>
+      <c r="M774" t="s">
         <v>3409</v>
       </c>
-      <c r="K774" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N774">
         <v>3</v>
       </c>
       <c r="O774" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P774" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R774">
         <v>999</v>
       </c>
     </row>
     <row r="775" spans="1:18">
       <c r="A775">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B775" t="s">
-        <v>3393</v>
+        <v>3410</v>
       </c>
       <c r="C775" t="s">
-        <v>3394</v>
+        <v>3411</v>
       </c>
       <c r="E775" t="s">
+        <v>3412</v>
+      </c>
+      <c r="K775" t="s">
         <v>3413</v>
       </c>
-      <c r="K775" t="s">
+      <c r="L775" t="s">
         <v>3414</v>
       </c>
-      <c r="L775" t="s">
+      <c r="M775" t="s">
         <v>3415</v>
       </c>
-      <c r="M775" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N775">
         <v>3</v>
       </c>
       <c r="O775" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P775" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R775">
         <v>999</v>
       </c>
     </row>
     <row r="776" spans="1:18">
       <c r="A776">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B776" t="s">
-        <v>3399</v>
+        <v>3416</v>
       </c>
       <c r="C776" t="s">
-        <v>3394</v>
+        <v>3411</v>
       </c>
       <c r="E776" t="s">
         <v>3417</v>
       </c>
       <c r="K776" t="s">
         <v>3418</v>
       </c>
       <c r="L776" t="s">
         <v>3419</v>
       </c>
       <c r="M776" t="s">
         <v>3420</v>
       </c>
       <c r="N776">
         <v>3</v>
       </c>
       <c r="O776" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P776" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R776">
         <v>999</v>
       </c>
     </row>
     <row r="777" spans="1:18">
       <c r="A777">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B777" t="s">
+        <v>3410</v>
+      </c>
+      <c r="C777" t="s">
+        <v>3411</v>
+      </c>
+      <c r="E777" t="s">
         <v>3421</v>
       </c>
-      <c r="C777" t="s">
+      <c r="H777" t="s">
         <v>3422</v>
       </c>
-      <c r="E777" t="s">
+      <c r="K777" t="s">
         <v>3423</v>
       </c>
-      <c r="G777" t="s">
+      <c r="L777" t="s">
         <v>3424</v>
       </c>
-      <c r="K777" t="s">
+      <c r="M777" t="s">
         <v>3425</v>
       </c>
-      <c r="L777" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N777">
         <v>3</v>
       </c>
       <c r="O777" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P777" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R777">
         <v>999</v>
       </c>
     </row>
     <row r="778" spans="1:18">
       <c r="A778">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B778" t="s">
-        <v>3421</v>
+        <v>3410</v>
       </c>
       <c r="C778" t="s">
-        <v>3422</v>
+        <v>3411</v>
       </c>
       <c r="E778" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K778" t="s">
+        <v>3427</v>
+      </c>
+      <c r="L778" t="s">
         <v>3428</v>
       </c>
-      <c r="K778" t="s">
+      <c r="M778" t="s">
         <v>3429</v>
       </c>
-      <c r="L778" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N778">
         <v>3</v>
       </c>
       <c r="O778" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P778" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R778">
         <v>999</v>
       </c>
     </row>
     <row r="779" spans="1:18">
       <c r="A779">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B779" t="s">
-        <v>3421</v>
+        <v>3410</v>
       </c>
       <c r="C779" t="s">
-        <v>3422</v>
+        <v>3411</v>
       </c>
       <c r="E779" t="s">
+        <v>3430</v>
+      </c>
+      <c r="K779" t="s">
+        <v>3431</v>
+      </c>
+      <c r="L779" t="s">
         <v>3432</v>
       </c>
-      <c r="K779" t="s">
+      <c r="M779" t="s">
         <v>3433</v>
       </c>
-      <c r="L779" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N779">
         <v>3</v>
       </c>
       <c r="O779" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P779" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R779">
         <v>999</v>
       </c>
     </row>
     <row r="780" spans="1:18">
       <c r="A780">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B780" t="s">
+        <v>3416</v>
+      </c>
+      <c r="C780" t="s">
+        <v>3411</v>
+      </c>
+      <c r="E780" t="s">
+        <v>3434</v>
+      </c>
+      <c r="K780" t="s">
+        <v>3435</v>
+      </c>
+      <c r="L780" t="s">
         <v>3436</v>
       </c>
-      <c r="C780" t="s">
-[...2 lines deleted...]
-      <c r="E780" t="s">
+      <c r="M780" t="s">
         <v>3437</v>
       </c>
-      <c r="K780" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N780">
         <v>3</v>
       </c>
       <c r="O780" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P780" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R780">
         <v>999</v>
       </c>
     </row>
     <row r="781" spans="1:18">
       <c r="A781">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B781" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C781" t="s">
+        <v>3439</v>
+      </c>
+      <c r="E781" t="s">
         <v>3440</v>
       </c>
-      <c r="C781" t="s">
-[...2 lines deleted...]
-      <c r="E781" t="s">
+      <c r="G781" t="s">
         <v>3441</v>
       </c>
       <c r="K781" t="s">
         <v>3442</v>
       </c>
       <c r="L781" t="s">
         <v>3443</v>
       </c>
       <c r="M781" t="s">
         <v>3444</v>
       </c>
       <c r="N781">
         <v>3</v>
       </c>
       <c r="O781" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P781" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R781">
         <v>999</v>
       </c>
     </row>
     <row r="782" spans="1:18">
       <c r="A782">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B782" t="s">
-        <v>3421</v>
+        <v>3438</v>
       </c>
       <c r="C782" t="s">
-        <v>3422</v>
+        <v>3439</v>
       </c>
       <c r="E782" t="s">
         <v>3445</v>
       </c>
       <c r="K782" t="s">
         <v>3446</v>
       </c>
       <c r="L782" t="s">
         <v>3447</v>
       </c>
       <c r="M782" t="s">
         <v>3448</v>
       </c>
       <c r="N782">
         <v>3</v>
       </c>
       <c r="O782" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P782" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R782">
         <v>999</v>
       </c>
     </row>
     <row r="783" spans="1:18">
       <c r="A783">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B783" t="s">
-        <v>3440</v>
+        <v>3438</v>
       </c>
       <c r="C783" t="s">
-        <v>3422</v>
+        <v>3439</v>
       </c>
       <c r="E783" t="s">
         <v>3449</v>
       </c>
       <c r="K783" t="s">
         <v>3450</v>
       </c>
       <c r="L783" t="s">
         <v>3451</v>
       </c>
       <c r="M783" t="s">
         <v>3452</v>
       </c>
       <c r="N783">
         <v>3</v>
       </c>
       <c r="O783" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P783" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R783">
         <v>999</v>
       </c>
     </row>
     <row r="784" spans="1:18">
       <c r="A784">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B784" t="s">
-        <v>3421</v>
+        <v>3453</v>
       </c>
       <c r="C784" t="s">
-        <v>3422</v>
+        <v>3439</v>
       </c>
       <c r="E784" t="s">
-        <v>3453</v>
+        <v>3454</v>
       </c>
       <c r="K784" t="s">
-        <v>3454</v>
+        <v>1708</v>
       </c>
       <c r="L784" t="s">
         <v>3455</v>
       </c>
       <c r="M784" t="s">
         <v>3456</v>
       </c>
       <c r="N784">
         <v>3</v>
       </c>
       <c r="O784" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P784" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R784">
         <v>999</v>
       </c>
     </row>
     <row r="785" spans="1:18">
       <c r="A785">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B785" t="s">
         <v>3457</v>
       </c>
       <c r="C785" t="s">
+        <v>3439</v>
+      </c>
+      <c r="E785" t="s">
         <v>3458</v>
       </c>
-      <c r="E785" t="s">
+      <c r="K785" t="s">
         <v>3459</v>
       </c>
-      <c r="K785" t="s">
+      <c r="L785" t="s">
         <v>3460</v>
       </c>
-      <c r="L785" t="s">
+      <c r="M785" t="s">
         <v>3461</v>
       </c>
-      <c r="M785" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N785">
         <v>3</v>
       </c>
       <c r="O785" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P785" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R785">
         <v>999</v>
       </c>
     </row>
     <row r="786" spans="1:18">
       <c r="A786">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B786" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C786" t="s">
+        <v>3439</v>
+      </c>
+      <c r="E786" t="s">
+        <v>3462</v>
+      </c>
+      <c r="K786" t="s">
         <v>3463</v>
       </c>
-      <c r="C786" t="s">
-[...2 lines deleted...]
-      <c r="E786" t="s">
+      <c r="L786" t="s">
         <v>3464</v>
       </c>
-      <c r="K786" t="s">
+      <c r="M786" t="s">
         <v>3465</v>
       </c>
-      <c r="L786" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N786">
         <v>3</v>
       </c>
       <c r="O786" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P786" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R786">
         <v>999</v>
       </c>
     </row>
     <row r="787" spans="1:18">
       <c r="A787">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B787" t="s">
-        <v>3463</v>
+        <v>3457</v>
       </c>
       <c r="C787" t="s">
-        <v>3458</v>
+        <v>3439</v>
       </c>
       <c r="E787" t="s">
+        <v>3466</v>
+      </c>
+      <c r="K787" t="s">
+        <v>3467</v>
+      </c>
+      <c r="L787" t="s">
         <v>3468</v>
       </c>
-      <c r="G787" t="s">
+      <c r="M787" t="s">
         <v>3469</v>
       </c>
-      <c r="K787" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N787">
         <v>3</v>
       </c>
       <c r="O787" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P787" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R787">
         <v>999</v>
       </c>
     </row>
     <row r="788" spans="1:18">
       <c r="A788">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B788" t="s">
-        <v>3463</v>
+        <v>3438</v>
       </c>
       <c r="C788" t="s">
-        <v>3458</v>
+        <v>3439</v>
       </c>
       <c r="E788" t="s">
+        <v>3470</v>
+      </c>
+      <c r="K788" t="s">
+        <v>3471</v>
+      </c>
+      <c r="L788" t="s">
         <v>3472</v>
       </c>
-      <c r="K788" t="s">
+      <c r="M788" t="s">
         <v>3473</v>
       </c>
-      <c r="L788" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N788">
         <v>3</v>
       </c>
       <c r="O788" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P788" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R788">
         <v>999</v>
       </c>
     </row>
     <row r="789" spans="1:18">
       <c r="A789">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B789" t="s">
-        <v>3463</v>
+        <v>3474</v>
       </c>
       <c r="C789" t="s">
-        <v>3458</v>
+        <v>3475</v>
       </c>
       <c r="E789" t="s">
         <v>3476</v>
       </c>
-      <c r="G789" t="s">
+      <c r="K789" t="s">
         <v>3477</v>
       </c>
-      <c r="K789" t="s">
+      <c r="L789" t="s">
         <v>3478</v>
       </c>
-      <c r="L789" t="s">
+      <c r="M789" t="s">
         <v>3479</v>
       </c>
-      <c r="M789" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N789">
         <v>3</v>
       </c>
       <c r="O789" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P789" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R789">
         <v>999</v>
       </c>
     </row>
     <row r="790" spans="1:18">
       <c r="A790">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B790" t="s">
-        <v>3463</v>
+        <v>3480</v>
       </c>
       <c r="C790" t="s">
-        <v>3458</v>
+        <v>3475</v>
       </c>
       <c r="E790" t="s">
         <v>3481</v>
       </c>
       <c r="K790" t="s">
-        <v>607</v>
+        <v>3482</v>
       </c>
       <c r="L790" t="s">
-        <v>3482</v>
+        <v>3483</v>
       </c>
       <c r="M790" t="s">
-        <v>3483</v>
+        <v>3484</v>
       </c>
       <c r="N790">
         <v>3</v>
       </c>
       <c r="O790" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P790" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R790">
         <v>999</v>
       </c>
     </row>
     <row r="791" spans="1:18">
       <c r="A791">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B791" t="s">
-        <v>3484</v>
+        <v>3480</v>
       </c>
       <c r="C791" t="s">
+        <v>3475</v>
+      </c>
+      <c r="E791" t="s">
         <v>3485</v>
       </c>
-      <c r="E791" t="s">
+      <c r="G791" t="s">
         <v>3486</v>
       </c>
       <c r="K791" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L791" t="s">
         <v>3487</v>
       </c>
-      <c r="L791" t="s">
+      <c r="M791" t="s">
         <v>3488</v>
       </c>
-      <c r="M791" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N791">
         <v>3</v>
       </c>
       <c r="O791" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P791" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R791">
         <v>999</v>
       </c>
     </row>
     <row r="792" spans="1:18">
       <c r="A792">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B792" t="s">
+        <v>3480</v>
+      </c>
+      <c r="C792" t="s">
+        <v>3475</v>
+      </c>
+      <c r="E792" t="s">
+        <v>3489</v>
+      </c>
+      <c r="K792" t="s">
         <v>3490</v>
       </c>
-      <c r="C792" t="s">
-[...2 lines deleted...]
-      <c r="E792" t="s">
+      <c r="L792" t="s">
         <v>3491</v>
       </c>
-      <c r="K792" t="s">
+      <c r="M792" t="s">
         <v>3492</v>
       </c>
-      <c r="L792" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N792">
         <v>3</v>
       </c>
       <c r="O792" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P792" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R792">
         <v>999</v>
       </c>
     </row>
     <row r="793" spans="1:18">
       <c r="A793">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B793" t="s">
-        <v>3484</v>
+        <v>3480</v>
       </c>
       <c r="C793" t="s">
-        <v>3485</v>
+        <v>3475</v>
       </c>
       <c r="E793" t="s">
+        <v>3493</v>
+      </c>
+      <c r="G793" t="s">
+        <v>3494</v>
+      </c>
+      <c r="K793" t="s">
         <v>3495</v>
       </c>
-      <c r="G793" t="s">
+      <c r="L793" t="s">
         <v>3496</v>
       </c>
-      <c r="K793" t="s">
+      <c r="M793" t="s">
         <v>3497</v>
       </c>
-      <c r="L793" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N793">
         <v>3</v>
       </c>
       <c r="O793" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P793" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R793">
         <v>999</v>
       </c>
     </row>
     <row r="794" spans="1:18">
       <c r="A794">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B794" t="s">
-        <v>3490</v>
+        <v>3480</v>
       </c>
       <c r="C794" t="s">
-        <v>3485</v>
+        <v>3475</v>
       </c>
       <c r="E794" t="s">
+        <v>3498</v>
+      </c>
+      <c r="K794" t="s">
+        <v>626</v>
+      </c>
+      <c r="L794" t="s">
+        <v>3499</v>
+      </c>
+      <c r="M794" t="s">
         <v>3500</v>
       </c>
-      <c r="K794" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N794">
         <v>3</v>
       </c>
       <c r="O794" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P794" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R794">
         <v>999</v>
       </c>
     </row>
     <row r="795" spans="1:18">
       <c r="A795">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B795" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C795" t="s">
+        <v>3502</v>
+      </c>
+      <c r="E795" t="s">
+        <v>3503</v>
+      </c>
+      <c r="K795" t="s">
         <v>3504</v>
       </c>
-      <c r="C795" t="s">
+      <c r="L795" t="s">
         <v>3505</v>
       </c>
-      <c r="E795" t="s">
+      <c r="M795" t="s">
         <v>3506</v>
       </c>
-      <c r="K795" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N795">
         <v>3</v>
       </c>
       <c r="O795" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P795" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R795">
         <v>999</v>
       </c>
     </row>
     <row r="796" spans="1:18">
       <c r="A796">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B796" t="s">
+        <v>3507</v>
+      </c>
+      <c r="C796" t="s">
+        <v>3502</v>
+      </c>
+      <c r="E796" t="s">
+        <v>3508</v>
+      </c>
+      <c r="K796" t="s">
+        <v>3509</v>
+      </c>
+      <c r="L796" t="s">
         <v>3510</v>
       </c>
-      <c r="C796" t="s">
-[...2 lines deleted...]
-      <c r="E796" t="s">
+      <c r="M796" t="s">
         <v>3511</v>
       </c>
-      <c r="K796" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N796">
         <v>3</v>
       </c>
       <c r="O796" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P796" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R796">
         <v>999</v>
       </c>
     </row>
     <row r="797" spans="1:18">
       <c r="A797">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B797" t="s">
-        <v>3504</v>
+        <v>3501</v>
       </c>
       <c r="C797" t="s">
-        <v>3505</v>
+        <v>3502</v>
       </c>
       <c r="E797" t="s">
+        <v>3512</v>
+      </c>
+      <c r="G797" t="s">
+        <v>3513</v>
+      </c>
+      <c r="K797" t="s">
+        <v>3514</v>
+      </c>
+      <c r="L797" t="s">
         <v>3515</v>
       </c>
-      <c r="K797" t="s">
+      <c r="M797" t="s">
         <v>3516</v>
       </c>
-      <c r="L797" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N797">
         <v>3</v>
       </c>
       <c r="O797" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P797" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R797">
         <v>999</v>
       </c>
     </row>
     <row r="798" spans="1:18">
       <c r="A798">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B798" t="s">
-        <v>3504</v>
+        <v>3507</v>
       </c>
       <c r="C798" t="s">
-        <v>3505</v>
+        <v>3502</v>
       </c>
       <c r="E798" t="s">
+        <v>3517</v>
+      </c>
+      <c r="K798" t="s">
+        <v>3518</v>
+      </c>
+      <c r="L798" t="s">
         <v>3519</v>
       </c>
-      <c r="G798" t="s">
+      <c r="M798" t="s">
         <v>3520</v>
       </c>
-      <c r="K798" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N798">
         <v>3</v>
       </c>
       <c r="O798" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P798" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R798">
         <v>999</v>
       </c>
     </row>
     <row r="799" spans="1:18">
       <c r="A799">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B799" t="s">
-        <v>2445</v>
+        <v>3521</v>
       </c>
       <c r="C799" t="s">
-        <v>2446</v>
+        <v>3522</v>
       </c>
       <c r="E799" t="s">
+        <v>3523</v>
+      </c>
+      <c r="K799" t="s">
         <v>3524</v>
       </c>
-      <c r="K799" t="s">
+      <c r="L799" t="s">
         <v>3525</v>
       </c>
-      <c r="L799" t="s">
+      <c r="M799" t="s">
         <v>3526</v>
       </c>
-      <c r="M799" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N799">
         <v>3</v>
       </c>
       <c r="O799" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P799" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R799">
         <v>999</v>
       </c>
     </row>
     <row r="800" spans="1:18">
       <c r="A800">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B800" t="s">
-        <v>2445</v>
+        <v>3527</v>
       </c>
       <c r="C800" t="s">
-        <v>2446</v>
+        <v>3522</v>
       </c>
       <c r="E800" t="s">
         <v>3528</v>
       </c>
       <c r="K800" t="s">
         <v>3529</v>
       </c>
       <c r="L800" t="s">
         <v>3530</v>
       </c>
       <c r="M800" t="s">
         <v>3531</v>
       </c>
       <c r="N800">
         <v>3</v>
       </c>
       <c r="O800" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P800" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R800">
         <v>999</v>
       </c>
     </row>
     <row r="801" spans="1:18">
       <c r="A801">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B801" t="s">
-        <v>2445</v>
+        <v>3521</v>
       </c>
       <c r="C801" t="s">
-        <v>2446</v>
+        <v>3522</v>
       </c>
       <c r="E801" t="s">
         <v>3532</v>
       </c>
-      <c r="H801" t="s">
+      <c r="K801" t="s">
         <v>3533</v>
       </c>
-      <c r="K801" t="s">
+      <c r="L801" t="s">
         <v>3534</v>
       </c>
-      <c r="L801" t="s">
+      <c r="M801" t="s">
         <v>3535</v>
       </c>
-      <c r="M801" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N801">
         <v>3</v>
       </c>
       <c r="O801" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P801" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R801">
         <v>999</v>
       </c>
     </row>
     <row r="802" spans="1:18">
       <c r="A802">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B802" t="s">
+        <v>3521</v>
+      </c>
+      <c r="C802" t="s">
+        <v>3522</v>
+      </c>
+      <c r="E802" t="s">
+        <v>3536</v>
+      </c>
+      <c r="G802" t="s">
         <v>3537</v>
       </c>
-      <c r="C802" t="s">
-[...2 lines deleted...]
-      <c r="E802" t="s">
+      <c r="K802" t="s">
         <v>3538</v>
       </c>
-      <c r="K802" t="s">
+      <c r="L802" t="s">
         <v>3539</v>
       </c>
-      <c r="L802" t="s">
+      <c r="M802" t="s">
         <v>3540</v>
       </c>
-      <c r="M802" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N802">
         <v>3</v>
       </c>
       <c r="O802" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P802" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R802">
         <v>999</v>
       </c>
     </row>
     <row r="803" spans="1:18">
       <c r="A803">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B803" t="s">
-        <v>2445</v>
+        <v>2462</v>
       </c>
       <c r="C803" t="s">
-        <v>2446</v>
+        <v>2463</v>
       </c>
       <c r="E803" t="s">
+        <v>3541</v>
+      </c>
+      <c r="K803" t="s">
         <v>3542</v>
       </c>
-      <c r="K803" t="s">
+      <c r="L803" t="s">
         <v>3543</v>
       </c>
-      <c r="L803" t="s">
+      <c r="M803" t="s">
         <v>3544</v>
       </c>
-      <c r="M803" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N803">
         <v>3</v>
       </c>
       <c r="O803" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P803" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R803">
         <v>999</v>
       </c>
     </row>
     <row r="804" spans="1:18">
       <c r="A804">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B804" t="s">
-        <v>3537</v>
+        <v>2462</v>
       </c>
       <c r="C804" t="s">
-        <v>2446</v>
+        <v>2463</v>
       </c>
       <c r="E804" t="s">
+        <v>3545</v>
+      </c>
+      <c r="K804" t="s">
         <v>3546</v>
       </c>
-      <c r="K804" t="s">
+      <c r="L804" t="s">
         <v>3547</v>
       </c>
-      <c r="L804" t="s">
+      <c r="M804" t="s">
         <v>3548</v>
       </c>
-      <c r="M804" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N804">
         <v>3</v>
       </c>
       <c r="O804" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P804" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R804">
         <v>999</v>
       </c>
     </row>
     <row r="805" spans="1:18">
       <c r="A805">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B805" t="s">
-        <v>2445</v>
+        <v>2462</v>
       </c>
       <c r="C805" t="s">
-        <v>2446</v>
+        <v>2463</v>
       </c>
       <c r="E805" t="s">
+        <v>3549</v>
+      </c>
+      <c r="H805" t="s">
         <v>3550</v>
       </c>
       <c r="K805" t="s">
         <v>3551</v>
       </c>
       <c r="L805" t="s">
         <v>3552</v>
       </c>
       <c r="M805" t="s">
         <v>3553</v>
       </c>
       <c r="N805">
         <v>3</v>
       </c>
       <c r="O805" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P805" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R805">
         <v>999</v>
       </c>
     </row>
     <row r="806" spans="1:18">
       <c r="A806">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B806" t="s">
-        <v>3537</v>
+        <v>3554</v>
       </c>
       <c r="C806" t="s">
-        <v>2446</v>
+        <v>2463</v>
       </c>
       <c r="E806" t="s">
-        <v>3554</v>
+        <v>3555</v>
       </c>
       <c r="K806" t="s">
-        <v>3555</v>
+        <v>3556</v>
       </c>
       <c r="L806" t="s">
-        <v>3556</v>
+        <v>3557</v>
       </c>
       <c r="M806" t="s">
-        <v>3557</v>
+        <v>3558</v>
       </c>
       <c r="N806">
         <v>3</v>
       </c>
       <c r="O806" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P806" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R806">
         <v>999</v>
       </c>
     </row>
     <row r="807" spans="1:18">
       <c r="A807">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B807" t="s">
-        <v>3421</v>
+        <v>2462</v>
       </c>
       <c r="C807" t="s">
-        <v>3422</v>
+        <v>2463</v>
       </c>
       <c r="E807" t="s">
-        <v>3558</v>
+        <v>3559</v>
       </c>
       <c r="K807" t="s">
-        <v>3559</v>
+        <v>3560</v>
       </c>
       <c r="L807" t="s">
-        <v>3560</v>
+        <v>3561</v>
       </c>
       <c r="M807" t="s">
-        <v>3561</v>
+        <v>3562</v>
       </c>
       <c r="N807">
         <v>3</v>
       </c>
       <c r="O807" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P807" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R807">
         <v>999</v>
       </c>
     </row>
     <row r="808" spans="1:18">
       <c r="A808">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B808" t="s">
-        <v>3421</v>
+        <v>3554</v>
       </c>
       <c r="C808" t="s">
-        <v>3422</v>
+        <v>2463</v>
       </c>
       <c r="E808" t="s">
-        <v>3562</v>
+        <v>3563</v>
       </c>
       <c r="K808" t="s">
-        <v>3563</v>
+        <v>3564</v>
       </c>
       <c r="L808" t="s">
-        <v>3564</v>
+        <v>3565</v>
       </c>
       <c r="M808" t="s">
-        <v>3565</v>
+        <v>3566</v>
       </c>
       <c r="N808">
         <v>3</v>
       </c>
       <c r="O808" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P808" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R808">
         <v>999</v>
       </c>
     </row>
     <row r="809" spans="1:18">
       <c r="A809">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B809" t="s">
-        <v>3457</v>
+        <v>2462</v>
       </c>
       <c r="C809" t="s">
-        <v>3458</v>
+        <v>2463</v>
       </c>
       <c r="E809" t="s">
-        <v>3566</v>
+        <v>3567</v>
       </c>
       <c r="K809" t="s">
-        <v>1762</v>
+        <v>3568</v>
       </c>
       <c r="L809" t="s">
-        <v>3567</v>
+        <v>3569</v>
       </c>
       <c r="M809" t="s">
-        <v>3568</v>
+        <v>3570</v>
       </c>
       <c r="N809">
         <v>3</v>
       </c>
       <c r="O809" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P809" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R809">
         <v>999</v>
       </c>
     </row>
     <row r="810" spans="1:18">
       <c r="A810">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B810" t="s">
-        <v>3569</v>
+        <v>3554</v>
       </c>
       <c r="C810" t="s">
-        <v>3570</v>
+        <v>2463</v>
       </c>
       <c r="E810" t="s">
         <v>3571</v>
       </c>
       <c r="K810" t="s">
         <v>3572</v>
       </c>
       <c r="L810" t="s">
         <v>3573</v>
       </c>
       <c r="M810" t="s">
         <v>3574</v>
       </c>
       <c r="N810">
         <v>3</v>
       </c>
       <c r="O810" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P810" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R810">
         <v>999</v>
       </c>
     </row>
     <row r="811" spans="1:18">
       <c r="A811">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B811" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C811" t="s">
+        <v>3439</v>
+      </c>
+      <c r="E811" t="s">
         <v>3575</v>
       </c>
-      <c r="C811" t="s">
+      <c r="K811" t="s">
         <v>3576</v>
       </c>
-      <c r="E811" t="s">
+      <c r="L811" t="s">
         <v>3577</v>
       </c>
-      <c r="K811" t="s">
+      <c r="M811" t="s">
         <v>3578</v>
       </c>
-      <c r="L811" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N811">
         <v>3</v>
       </c>
       <c r="O811" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P811" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R811">
         <v>999</v>
       </c>
     </row>
     <row r="812" spans="1:18">
       <c r="A812">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B812" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C812" t="s">
+        <v>3439</v>
+      </c>
+      <c r="E812" t="s">
+        <v>3579</v>
+      </c>
+      <c r="K812" t="s">
+        <v>3580</v>
+      </c>
+      <c r="L812" t="s">
         <v>3581</v>
       </c>
-      <c r="C812" t="s">
-[...2 lines deleted...]
-      <c r="E812" t="s">
+      <c r="M812" t="s">
         <v>3582</v>
       </c>
-      <c r="K812" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N812">
         <v>3</v>
       </c>
       <c r="O812" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P812" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R812">
         <v>999</v>
       </c>
     </row>
     <row r="813" spans="1:18">
       <c r="A813">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B813" t="s">
-        <v>3575</v>
+        <v>3474</v>
       </c>
       <c r="C813" t="s">
-        <v>3576</v>
+        <v>3475</v>
       </c>
       <c r="E813" t="s">
+        <v>3583</v>
+      </c>
+      <c r="K813" t="s">
+        <v>1780</v>
+      </c>
+      <c r="L813" t="s">
         <v>3584</v>
       </c>
-      <c r="K813" t="s">
+      <c r="M813" t="s">
         <v>3585</v>
       </c>
-      <c r="L813" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N813">
         <v>3</v>
       </c>
       <c r="O813" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P813" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R813">
         <v>999</v>
       </c>
     </row>
     <row r="814" spans="1:18">
       <c r="A814">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B814" t="s">
-        <v>3575</v>
+        <v>3586</v>
       </c>
       <c r="C814" t="s">
-        <v>3576</v>
+        <v>3587</v>
       </c>
       <c r="E814" t="s">
         <v>3588</v>
       </c>
       <c r="K814" t="s">
         <v>3589</v>
       </c>
       <c r="L814" t="s">
         <v>3590</v>
       </c>
       <c r="M814" t="s">
         <v>3591</v>
       </c>
       <c r="N814">
         <v>3</v>
       </c>
       <c r="O814" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P814" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R814">
         <v>999</v>
       </c>
     </row>
     <row r="815" spans="1:18">
       <c r="A815">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B815" t="s">
         <v>3592</v>
       </c>
       <c r="C815" t="s">
-        <v>3570</v>
+        <v>3593</v>
       </c>
       <c r="E815" t="s">
-        <v>3593</v>
+        <v>3594</v>
       </c>
       <c r="K815" t="s">
-        <v>3594</v>
+        <v>3595</v>
       </c>
       <c r="L815" t="s">
-        <v>3595</v>
+        <v>3596</v>
       </c>
       <c r="M815" t="s">
-        <v>3596</v>
+        <v>3597</v>
       </c>
       <c r="N815">
         <v>3</v>
       </c>
       <c r="O815" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P815" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R815">
         <v>999</v>
       </c>
     </row>
     <row r="816" spans="1:18">
       <c r="A816">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B816" t="s">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="C816" t="s">
-        <v>3570</v>
+        <v>3593</v>
       </c>
       <c r="E816" t="s">
-        <v>3598</v>
+        <v>3599</v>
       </c>
       <c r="K816" t="s">
-        <v>3599</v>
+        <v>297</v>
       </c>
       <c r="L816" t="s">
+        <v>1403</v>
+      </c>
+      <c r="M816" t="s">
         <v>3600</v>
       </c>
-      <c r="M816" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N816">
         <v>3</v>
       </c>
       <c r="O816" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P816" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R816">
         <v>999</v>
       </c>
     </row>
     <row r="817" spans="1:18">
       <c r="A817">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B817" t="s">
-        <v>3597</v>
+        <v>3592</v>
       </c>
       <c r="C817" t="s">
-        <v>3570</v>
+        <v>3593</v>
       </c>
       <c r="E817" t="s">
+        <v>3601</v>
+      </c>
+      <c r="K817" t="s">
         <v>3602</v>
       </c>
-      <c r="K817" t="s">
+      <c r="L817" t="s">
         <v>3603</v>
       </c>
-      <c r="L817" t="s">
+      <c r="M817" t="s">
         <v>3604</v>
       </c>
-      <c r="M817" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N817">
         <v>3</v>
       </c>
       <c r="O817" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P817" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R817">
         <v>999</v>
       </c>
     </row>
     <row r="818" spans="1:18">
       <c r="A818">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B818" t="s">
         <v>3592</v>
       </c>
       <c r="C818" t="s">
-        <v>3570</v>
+        <v>3593</v>
       </c>
       <c r="E818" t="s">
+        <v>3605</v>
+      </c>
+      <c r="K818" t="s">
         <v>3606</v>
       </c>
-      <c r="K818" t="s">
+      <c r="L818" t="s">
         <v>3607</v>
       </c>
-      <c r="L818" t="s">
+      <c r="M818" t="s">
         <v>3608</v>
       </c>
-      <c r="M818" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N818">
         <v>3</v>
       </c>
       <c r="O818" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P818" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R818">
         <v>999</v>
       </c>
     </row>
     <row r="819" spans="1:18">
       <c r="A819">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B819" t="s">
-        <v>3592</v>
+        <v>3609</v>
       </c>
       <c r="C819" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="E819" t="s">
         <v>3610</v>
       </c>
       <c r="K819" t="s">
         <v>3611</v>
       </c>
       <c r="L819" t="s">
         <v>3612</v>
       </c>
       <c r="M819" t="s">
         <v>3613</v>
       </c>
       <c r="N819">
         <v>3</v>
       </c>
       <c r="O819" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P819" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R819">
         <v>999</v>
       </c>
     </row>
     <row r="820" spans="1:18">
       <c r="A820">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B820" t="s">
-        <v>3592</v>
+        <v>3614</v>
       </c>
       <c r="C820" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="E820" t="s">
-        <v>3614</v>
+        <v>3615</v>
       </c>
       <c r="K820" t="s">
-        <v>394</v>
+        <v>3616</v>
       </c>
       <c r="L820" t="s">
-        <v>3615</v>
+        <v>3617</v>
       </c>
       <c r="M820" t="s">
-        <v>3616</v>
+        <v>3618</v>
       </c>
       <c r="N820">
         <v>3</v>
       </c>
       <c r="O820" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P820" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R820">
         <v>999</v>
       </c>
     </row>
     <row r="821" spans="1:18">
       <c r="A821">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B821" t="s">
-        <v>3597</v>
+        <v>3614</v>
       </c>
       <c r="C821" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="E821" t="s">
-        <v>3617</v>
-[...2 lines deleted...]
-        <v>3618</v>
+        <v>3619</v>
       </c>
       <c r="K821" t="s">
-        <v>3619</v>
+        <v>3620</v>
       </c>
       <c r="L821" t="s">
-        <v>3620</v>
+        <v>3621</v>
       </c>
       <c r="M821" t="s">
-        <v>3621</v>
+        <v>3622</v>
       </c>
       <c r="N821">
         <v>3</v>
       </c>
       <c r="O821" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P821" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R821">
         <v>999</v>
       </c>
     </row>
     <row r="822" spans="1:18">
       <c r="A822">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B822" t="s">
-        <v>3592</v>
+        <v>3609</v>
       </c>
       <c r="C822" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="E822" t="s">
-        <v>3622</v>
+        <v>3623</v>
       </c>
       <c r="K822" t="s">
-        <v>3623</v>
+        <v>3624</v>
       </c>
       <c r="L822" t="s">
-        <v>3624</v>
+        <v>3625</v>
       </c>
       <c r="M822" t="s">
-        <v>3625</v>
+        <v>3626</v>
       </c>
       <c r="N822">
         <v>3</v>
       </c>
       <c r="O822" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P822" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R822">
         <v>999</v>
       </c>
     </row>
     <row r="823" spans="1:18">
       <c r="A823">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B823" t="s">
-        <v>3592</v>
+        <v>3609</v>
       </c>
       <c r="C823" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="E823" t="s">
-        <v>3626</v>
+        <v>3627</v>
       </c>
       <c r="K823" t="s">
-        <v>470</v>
+        <v>3628</v>
       </c>
       <c r="L823" t="s">
-        <v>3627</v>
+        <v>3629</v>
       </c>
       <c r="M823" t="s">
-        <v>3628</v>
+        <v>3630</v>
       </c>
       <c r="N823">
         <v>3</v>
       </c>
       <c r="O823" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P823" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R823">
         <v>999</v>
       </c>
     </row>
     <row r="824" spans="1:18">
       <c r="A824">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B824" t="s">
-        <v>3592</v>
+        <v>3609</v>
       </c>
       <c r="C824" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="E824" t="s">
-        <v>3629</v>
+        <v>3631</v>
       </c>
       <c r="K824" t="s">
-        <v>3630</v>
+        <v>414</v>
       </c>
       <c r="L824" t="s">
-        <v>3631</v>
+        <v>3632</v>
       </c>
       <c r="M824" t="s">
-        <v>3632</v>
+        <v>3633</v>
       </c>
       <c r="N824">
         <v>3</v>
       </c>
       <c r="O824" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P824" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R824">
         <v>999</v>
       </c>
     </row>
     <row r="825" spans="1:18">
       <c r="A825">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B825" t="s">
-        <v>3592</v>
+        <v>3614</v>
       </c>
       <c r="C825" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="E825" t="s">
-        <v>3633</v>
+        <v>3634</v>
+      </c>
+      <c r="H825" t="s">
+        <v>3635</v>
       </c>
       <c r="K825" t="s">
-        <v>3634</v>
+        <v>3636</v>
       </c>
       <c r="L825" t="s">
-        <v>3635</v>
+        <v>3637</v>
       </c>
       <c r="M825" t="s">
-        <v>3636</v>
+        <v>3638</v>
       </c>
       <c r="N825">
         <v>3</v>
       </c>
       <c r="O825" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P825" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R825">
         <v>999</v>
       </c>
     </row>
     <row r="826" spans="1:18">
       <c r="A826">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B826" t="s">
-        <v>3637</v>
+        <v>3609</v>
       </c>
       <c r="C826" t="s">
-        <v>3375</v>
+        <v>3587</v>
       </c>
       <c r="E826" t="s">
-        <v>3638</v>
+        <v>3639</v>
       </c>
       <c r="K826" t="s">
-        <v>3639</v>
+        <v>3640</v>
       </c>
       <c r="L826" t="s">
-        <v>3640</v>
+        <v>3641</v>
       </c>
       <c r="M826" t="s">
-        <v>3641</v>
+        <v>3642</v>
       </c>
       <c r="N826">
         <v>3</v>
       </c>
       <c r="O826" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P826" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R826">
         <v>999</v>
       </c>
     </row>
     <row r="827" spans="1:18">
       <c r="A827">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B827" t="s">
-        <v>3642</v>
+        <v>3609</v>
       </c>
       <c r="C827" t="s">
-        <v>3375</v>
+        <v>3587</v>
       </c>
       <c r="E827" t="s">
         <v>3643</v>
       </c>
       <c r="K827" t="s">
+        <v>489</v>
+      </c>
+      <c r="L827" t="s">
         <v>3644</v>
       </c>
-      <c r="L827" t="s">
+      <c r="M827" t="s">
         <v>3645</v>
       </c>
-      <c r="M827" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N827">
         <v>3</v>
       </c>
       <c r="O827" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P827" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R827">
         <v>999</v>
       </c>
     </row>
     <row r="828" spans="1:18">
       <c r="A828">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B828" t="s">
-        <v>3642</v>
+        <v>3609</v>
       </c>
       <c r="C828" t="s">
-        <v>3375</v>
+        <v>3587</v>
       </c>
       <c r="E828" t="s">
+        <v>3646</v>
+      </c>
+      <c r="K828" t="s">
         <v>3647</v>
       </c>
-      <c r="K828" t="s">
+      <c r="L828" t="s">
         <v>3648</v>
       </c>
-      <c r="L828" t="s">
+      <c r="M828" t="s">
         <v>3649</v>
       </c>
-      <c r="M828" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N828">
         <v>3</v>
       </c>
       <c r="O828" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P828" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R828">
         <v>999</v>
       </c>
     </row>
     <row r="829" spans="1:18">
       <c r="A829">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B829" t="s">
+        <v>3609</v>
+      </c>
+      <c r="C829" t="s">
+        <v>3587</v>
+      </c>
+      <c r="E829" t="s">
+        <v>3650</v>
+      </c>
+      <c r="K829" t="s">
         <v>3651</v>
       </c>
-      <c r="C829" t="s">
-[...2 lines deleted...]
-      <c r="E829" t="s">
+      <c r="L829" t="s">
         <v>3652</v>
       </c>
-      <c r="K829" t="s">
+      <c r="M829" t="s">
         <v>3653</v>
       </c>
-      <c r="L829" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N829">
         <v>3</v>
       </c>
       <c r="O829" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P829" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R829">
         <v>999</v>
       </c>
     </row>
     <row r="830" spans="1:18">
       <c r="A830">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B830" t="s">
+        <v>3654</v>
+      </c>
+      <c r="C830" t="s">
+        <v>3392</v>
+      </c>
+      <c r="E830" t="s">
+        <v>3655</v>
+      </c>
+      <c r="K830" t="s">
         <v>3656</v>
       </c>
-      <c r="C830" t="s">
-[...2 lines deleted...]
-      <c r="E830" t="s">
+      <c r="L830" t="s">
         <v>3657</v>
       </c>
-      <c r="K830" t="s">
+      <c r="M830" t="s">
         <v>3658</v>
       </c>
-      <c r="L830" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N830">
         <v>3</v>
       </c>
       <c r="O830" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P830" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R830">
         <v>999</v>
       </c>
     </row>
     <row r="831" spans="1:18">
       <c r="A831">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B831" t="s">
-        <v>3656</v>
+        <v>3659</v>
       </c>
       <c r="C831" t="s">
-        <v>2479</v>
+        <v>3392</v>
       </c>
       <c r="E831" t="s">
+        <v>3660</v>
+      </c>
+      <c r="K831" t="s">
         <v>3661</v>
       </c>
-      <c r="K831" t="s">
+      <c r="L831" t="s">
         <v>3662</v>
       </c>
-      <c r="L831" t="s">
+      <c r="M831" t="s">
         <v>3663</v>
       </c>
-      <c r="M831" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N831">
         <v>3</v>
       </c>
       <c r="O831" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P831" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R831">
         <v>999</v>
       </c>
     </row>
     <row r="832" spans="1:18">
       <c r="A832">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B832" t="s">
+        <v>3659</v>
+      </c>
+      <c r="C832" t="s">
+        <v>3392</v>
+      </c>
+      <c r="E832" t="s">
+        <v>3664</v>
+      </c>
+      <c r="K832" t="s">
         <v>3665</v>
       </c>
-      <c r="C832" t="s">
-[...2 lines deleted...]
-      <c r="E832" t="s">
+      <c r="L832" t="s">
         <v>3666</v>
       </c>
-      <c r="K832" t="s">
+      <c r="M832" t="s">
         <v>3667</v>
       </c>
-      <c r="L832" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N832">
         <v>3</v>
       </c>
       <c r="O832" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P832" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R832">
         <v>999</v>
       </c>
     </row>
     <row r="833" spans="1:18">
       <c r="A833">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B833" t="s">
-        <v>3665</v>
+        <v>3668</v>
       </c>
       <c r="C833" t="s">
-        <v>2479</v>
+        <v>2496</v>
       </c>
       <c r="E833" t="s">
+        <v>3669</v>
+      </c>
+      <c r="K833" t="s">
         <v>3670</v>
       </c>
-      <c r="K833" t="s">
+      <c r="L833" t="s">
         <v>3671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1997</v>
       </c>
       <c r="M833" t="s">
         <v>3672</v>
       </c>
       <c r="N833">
         <v>3</v>
       </c>
       <c r="O833" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P833" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R833">
         <v>999</v>
       </c>
     </row>
     <row r="834" spans="1:18">
       <c r="A834">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B834" t="s">
-        <v>2478</v>
+        <v>3673</v>
       </c>
       <c r="C834" t="s">
-        <v>2479</v>
+        <v>2496</v>
       </c>
       <c r="E834" t="s">
-        <v>3673</v>
+        <v>3674</v>
       </c>
       <c r="K834" t="s">
-        <v>3674</v>
+        <v>3675</v>
       </c>
       <c r="L834" t="s">
-        <v>3675</v>
+        <v>3676</v>
       </c>
       <c r="M834" t="s">
-        <v>3676</v>
+        <v>3677</v>
       </c>
       <c r="N834">
         <v>3</v>
       </c>
       <c r="O834" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P834" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R834">
         <v>999</v>
       </c>
     </row>
     <row r="835" spans="1:18">
       <c r="A835">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B835" t="s">
-        <v>3677</v>
+        <v>3673</v>
       </c>
       <c r="C835" t="s">
+        <v>2496</v>
+      </c>
+      <c r="E835" t="s">
         <v>3678</v>
       </c>
-      <c r="E835" t="s">
+      <c r="K835" t="s">
         <v>3679</v>
       </c>
-      <c r="K835" t="s">
+      <c r="L835" t="s">
         <v>3680</v>
       </c>
-      <c r="L835" t="s">
+      <c r="M835" t="s">
         <v>3681</v>
       </c>
-      <c r="M835" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N835">
         <v>3</v>
       </c>
       <c r="O835" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P835" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R835">
         <v>999</v>
       </c>
     </row>
     <row r="836" spans="1:18">
       <c r="A836">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B836" t="s">
-        <v>3677</v>
+        <v>3682</v>
       </c>
       <c r="C836" t="s">
-        <v>3678</v>
+        <v>2496</v>
       </c>
       <c r="E836" t="s">
         <v>3683</v>
       </c>
       <c r="K836" t="s">
         <v>3684</v>
       </c>
       <c r="L836" t="s">
         <v>3685</v>
       </c>
       <c r="M836" t="s">
         <v>3686</v>
       </c>
       <c r="N836">
         <v>3</v>
       </c>
       <c r="O836" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P836" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R836">
         <v>999</v>
       </c>
     </row>
     <row r="837" spans="1:18">
       <c r="A837">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B837" t="s">
+        <v>3682</v>
+      </c>
+      <c r="C837" t="s">
+        <v>2496</v>
+      </c>
+      <c r="E837" t="s">
         <v>3687</v>
       </c>
-      <c r="C837" t="s">
+      <c r="K837" t="s">
         <v>3688</v>
       </c>
-      <c r="E837" t="s">
+      <c r="L837" t="s">
+        <v>2015</v>
+      </c>
+      <c r="M837" t="s">
         <v>3689</v>
       </c>
-      <c r="K837" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N837">
         <v>3</v>
       </c>
       <c r="O837" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P837" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R837">
         <v>999</v>
       </c>
     </row>
     <row r="838" spans="1:18">
       <c r="A838">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B838" t="s">
-        <v>3687</v>
+        <v>2495</v>
       </c>
       <c r="C838" t="s">
-        <v>3688</v>
+        <v>2496</v>
       </c>
       <c r="E838" t="s">
+        <v>3690</v>
+      </c>
+      <c r="K838" t="s">
+        <v>3691</v>
+      </c>
+      <c r="L838" t="s">
+        <v>3692</v>
+      </c>
+      <c r="M838" t="s">
         <v>3693</v>
       </c>
-      <c r="K838" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N838">
         <v>3</v>
       </c>
       <c r="O838" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P838" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R838">
         <v>999</v>
       </c>
     </row>
     <row r="839" spans="1:18">
       <c r="A839">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B839" t="s">
+        <v>3694</v>
+      </c>
+      <c r="C839" t="s">
+        <v>3695</v>
+      </c>
+      <c r="E839" t="s">
+        <v>3696</v>
+      </c>
+      <c r="K839" t="s">
         <v>3697</v>
       </c>
-      <c r="C839" t="s">
-[...2 lines deleted...]
-      <c r="E839" t="s">
+      <c r="L839" t="s">
         <v>3698</v>
       </c>
-      <c r="K839" t="s">
+      <c r="M839" t="s">
         <v>3699</v>
       </c>
-      <c r="L839" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N839">
         <v>3</v>
       </c>
       <c r="O839" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P839" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R839">
         <v>999</v>
       </c>
     </row>
     <row r="840" spans="1:18">
       <c r="A840">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B840" t="s">
-        <v>3697</v>
+        <v>3694</v>
       </c>
       <c r="C840" t="s">
-        <v>3688</v>
+        <v>3695</v>
       </c>
       <c r="E840" t="s">
+        <v>3700</v>
+      </c>
+      <c r="K840" t="s">
+        <v>3701</v>
+      </c>
+      <c r="L840" t="s">
         <v>3702</v>
       </c>
-      <c r="K840" t="s">
+      <c r="M840" t="s">
         <v>3703</v>
       </c>
-      <c r="L840" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N840">
         <v>3</v>
       </c>
       <c r="O840" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P840" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R840">
         <v>999</v>
       </c>
     </row>
     <row r="841" spans="1:18">
       <c r="A841">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B841" t="s">
-        <v>3687</v>
+        <v>3704</v>
       </c>
       <c r="C841" t="s">
-        <v>3688</v>
+        <v>3705</v>
       </c>
       <c r="E841" t="s">
         <v>3706</v>
       </c>
       <c r="K841" t="s">
         <v>3707</v>
       </c>
       <c r="L841" t="s">
         <v>3708</v>
       </c>
       <c r="M841" t="s">
         <v>3709</v>
       </c>
       <c r="N841">
         <v>3</v>
       </c>
       <c r="O841" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P841" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R841">
         <v>999</v>
       </c>
     </row>
     <row r="842" spans="1:18">
       <c r="A842">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B842" t="s">
+        <v>3704</v>
+      </c>
+      <c r="C842" t="s">
+        <v>3705</v>
+      </c>
+      <c r="E842" t="s">
         <v>3710</v>
       </c>
-      <c r="C842" t="s">
+      <c r="K842" t="s">
         <v>3711</v>
       </c>
-      <c r="E842" t="s">
+      <c r="L842" t="s">
         <v>3712</v>
       </c>
-      <c r="K842" t="s">
+      <c r="M842" t="s">
         <v>3713</v>
       </c>
-      <c r="L842" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N842">
         <v>3</v>
       </c>
       <c r="O842" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P842" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R842">
         <v>999</v>
       </c>
     </row>
     <row r="843" spans="1:18">
       <c r="A843">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B843" t="s">
-        <v>3710</v>
+        <v>3714</v>
       </c>
       <c r="C843" t="s">
-        <v>3711</v>
+        <v>3705</v>
       </c>
       <c r="E843" t="s">
+        <v>3715</v>
+      </c>
+      <c r="K843" t="s">
         <v>3716</v>
       </c>
-      <c r="K843" t="s">
+      <c r="L843" t="s">
         <v>3717</v>
       </c>
-      <c r="L843" t="s">
+      <c r="M843" t="s">
         <v>3718</v>
       </c>
-      <c r="M843" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N843">
         <v>3</v>
       </c>
       <c r="O843" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P843" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R843">
         <v>999</v>
       </c>
     </row>
     <row r="844" spans="1:18">
       <c r="A844">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B844" t="s">
+        <v>3714</v>
+      </c>
+      <c r="C844" t="s">
+        <v>3705</v>
+      </c>
+      <c r="E844" t="s">
+        <v>3719</v>
+      </c>
+      <c r="K844" t="s">
         <v>3720</v>
       </c>
-      <c r="C844" t="s">
-[...2 lines deleted...]
-      <c r="E844" t="s">
+      <c r="L844" t="s">
         <v>3721</v>
       </c>
-      <c r="K844" t="s">
+      <c r="M844" t="s">
         <v>3722</v>
       </c>
-      <c r="L844" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N844">
         <v>3</v>
       </c>
       <c r="O844" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P844" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R844">
         <v>999</v>
       </c>
     </row>
     <row r="845" spans="1:18">
       <c r="A845">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B845" t="s">
-        <v>3710</v>
+        <v>3704</v>
       </c>
       <c r="C845" t="s">
-        <v>3711</v>
+        <v>3705</v>
       </c>
       <c r="E845" t="s">
+        <v>3723</v>
+      </c>
+      <c r="K845" t="s">
+        <v>3724</v>
+      </c>
+      <c r="L845" t="s">
         <v>3725</v>
       </c>
-      <c r="K845" t="s">
+      <c r="M845" t="s">
         <v>3726</v>
       </c>
-      <c r="L845" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N845">
         <v>3</v>
       </c>
       <c r="O845" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P845" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R845">
         <v>999</v>
       </c>
     </row>
     <row r="846" spans="1:18">
       <c r="A846">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B846" t="s">
-        <v>3710</v>
+        <v>3727</v>
       </c>
       <c r="C846" t="s">
-        <v>3711</v>
+        <v>3728</v>
       </c>
       <c r="E846" t="s">
         <v>3729</v>
       </c>
       <c r="K846" t="s">
         <v>3730</v>
       </c>
       <c r="L846" t="s">
         <v>3731</v>
       </c>
       <c r="M846" t="s">
         <v>3732</v>
       </c>
       <c r="N846">
         <v>3</v>
       </c>
       <c r="O846" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P846" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R846">
         <v>999</v>
       </c>
     </row>
     <row r="847" spans="1:18">
       <c r="A847">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B847" t="s">
-        <v>3720</v>
+        <v>3727</v>
       </c>
       <c r="C847" t="s">
-        <v>3711</v>
+        <v>3728</v>
       </c>
       <c r="E847" t="s">
         <v>3733</v>
       </c>
       <c r="K847" t="s">
         <v>3734</v>
       </c>
       <c r="L847" t="s">
         <v>3735</v>
       </c>
       <c r="M847" t="s">
         <v>3736</v>
       </c>
       <c r="N847">
         <v>3</v>
       </c>
       <c r="O847" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P847" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R847">
         <v>999</v>
       </c>
     </row>
     <row r="848" spans="1:18">
       <c r="A848">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B848" t="s">
-        <v>3710</v>
+        <v>3737</v>
       </c>
       <c r="C848" t="s">
-        <v>3711</v>
+        <v>3728</v>
       </c>
       <c r="E848" t="s">
-        <v>3737</v>
+        <v>3738</v>
       </c>
       <c r="K848" t="s">
-        <v>358</v>
+        <v>3739</v>
       </c>
       <c r="L848" t="s">
-        <v>3738</v>
+        <v>3740</v>
       </c>
       <c r="M848" t="s">
-        <v>3739</v>
+        <v>3741</v>
       </c>
       <c r="N848">
         <v>3</v>
       </c>
       <c r="O848" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P848" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R848">
         <v>999</v>
       </c>
     </row>
     <row r="849" spans="1:18">
       <c r="A849">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B849" t="s">
-        <v>3710</v>
+        <v>3727</v>
       </c>
       <c r="C849" t="s">
-        <v>3711</v>
+        <v>3728</v>
       </c>
       <c r="E849" t="s">
-        <v>3740</v>
-[...2 lines deleted...]
-        <v>3741</v>
+        <v>3742</v>
       </c>
       <c r="K849" t="s">
-        <v>3742</v>
+        <v>3743</v>
       </c>
       <c r="L849" t="s">
-        <v>3743</v>
+        <v>3744</v>
       </c>
       <c r="M849" t="s">
-        <v>3744</v>
+        <v>3745</v>
       </c>
       <c r="N849">
         <v>3</v>
       </c>
       <c r="O849" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P849" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R849">
         <v>999</v>
       </c>
     </row>
     <row r="850" spans="1:18">
       <c r="A850">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B850" t="s">
-        <v>3710</v>
+        <v>3727</v>
       </c>
       <c r="C850" t="s">
-        <v>3711</v>
+        <v>3728</v>
       </c>
       <c r="E850" t="s">
-        <v>3745</v>
+        <v>3746</v>
       </c>
       <c r="K850" t="s">
-        <v>607</v>
+        <v>3747</v>
       </c>
       <c r="L850" t="s">
-        <v>3746</v>
+        <v>3748</v>
       </c>
       <c r="M850" t="s">
-        <v>3747</v>
+        <v>3749</v>
       </c>
       <c r="N850">
         <v>3</v>
       </c>
       <c r="O850" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P850" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R850">
         <v>999</v>
       </c>
     </row>
     <row r="851" spans="1:18">
       <c r="A851">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B851" t="s">
-        <v>3656</v>
+        <v>3737</v>
       </c>
       <c r="C851" t="s">
-        <v>2479</v>
+        <v>3728</v>
       </c>
       <c r="E851" t="s">
-        <v>3748</v>
-[...2 lines deleted...]
-        <v>3749</v>
+        <v>3750</v>
       </c>
       <c r="K851" t="s">
-        <v>3750</v>
+        <v>3751</v>
       </c>
       <c r="L851" t="s">
-        <v>3751</v>
+        <v>3752</v>
       </c>
       <c r="M851" t="s">
-        <v>3752</v>
+        <v>3753</v>
       </c>
       <c r="N851">
         <v>3</v>
       </c>
       <c r="O851" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P851" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R851">
         <v>999</v>
       </c>
     </row>
     <row r="852" spans="1:18">
       <c r="A852">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B852" t="s">
-        <v>3656</v>
+        <v>3727</v>
       </c>
       <c r="C852" t="s">
-        <v>2479</v>
+        <v>3728</v>
       </c>
       <c r="E852" t="s">
-        <v>3753</v>
-[...1 lines deleted...]
-      <c r="H852" t="s">
         <v>3754</v>
       </c>
       <c r="K852" t="s">
+        <v>378</v>
+      </c>
+      <c r="L852" t="s">
         <v>3755</v>
       </c>
-      <c r="L852" t="s">
+      <c r="M852" t="s">
         <v>3756</v>
       </c>
-      <c r="M852" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N852">
         <v>3</v>
       </c>
       <c r="O852" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P852" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R852">
         <v>999</v>
       </c>
     </row>
     <row r="853" spans="1:18">
       <c r="A853">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B853" t="s">
+        <v>3727</v>
+      </c>
+      <c r="C853" t="s">
+        <v>3728</v>
+      </c>
+      <c r="E853" t="s">
+        <v>3757</v>
+      </c>
+      <c r="G853" t="s">
         <v>3758</v>
       </c>
-      <c r="C853" t="s">
-[...2 lines deleted...]
-      <c r="E853" t="s">
+      <c r="K853" t="s">
         <v>3759</v>
       </c>
-      <c r="H853" t="s">
+      <c r="L853" t="s">
         <v>3760</v>
       </c>
-      <c r="K853" t="s">
+      <c r="M853" t="s">
         <v>3761</v>
       </c>
-      <c r="L853" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N853">
         <v>3</v>
       </c>
       <c r="O853" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P853" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R853">
         <v>999</v>
       </c>
     </row>
     <row r="854" spans="1:18">
       <c r="A854">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B854" t="s">
-        <v>3656</v>
+        <v>3727</v>
       </c>
       <c r="C854" t="s">
-        <v>2479</v>
+        <v>3728</v>
       </c>
       <c r="E854" t="s">
+        <v>3762</v>
+      </c>
+      <c r="K854" t="s">
+        <v>626</v>
+      </c>
+      <c r="L854" t="s">
+        <v>3763</v>
+      </c>
+      <c r="M854" t="s">
         <v>3764</v>
       </c>
-      <c r="H854" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N854">
         <v>3</v>
       </c>
       <c r="O854" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P854" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R854">
         <v>999</v>
       </c>
     </row>
     <row r="855" spans="1:18">
       <c r="A855">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B855" t="s">
-        <v>3656</v>
+        <v>3673</v>
       </c>
       <c r="C855" t="s">
-        <v>2479</v>
+        <v>2496</v>
       </c>
       <c r="E855" t="s">
+        <v>3765</v>
+      </c>
+      <c r="H855" t="s">
+        <v>3766</v>
+      </c>
+      <c r="K855" t="s">
+        <v>3767</v>
+      </c>
+      <c r="L855" t="s">
+        <v>3768</v>
+      </c>
+      <c r="M855" t="s">
         <v>3769</v>
       </c>
-      <c r="K855" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N855">
         <v>3</v>
       </c>
       <c r="O855" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P855" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R855">
         <v>999</v>
       </c>
     </row>
     <row r="856" spans="1:18">
       <c r="A856">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B856" t="s">
+        <v>3673</v>
+      </c>
+      <c r="C856" t="s">
+        <v>2496</v>
+      </c>
+      <c r="E856" t="s">
+        <v>3770</v>
+      </c>
+      <c r="H856" t="s">
+        <v>3771</v>
+      </c>
+      <c r="K856" t="s">
+        <v>3772</v>
+      </c>
+      <c r="L856" t="s">
         <v>3773</v>
       </c>
-      <c r="C856" t="s">
+      <c r="M856" t="s">
         <v>3774</v>
       </c>
-      <c r="E856" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N856">
         <v>3</v>
       </c>
       <c r="O856" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P856" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R856">
         <v>999</v>
       </c>
     </row>
     <row r="857" spans="1:18">
       <c r="A857">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B857" t="s">
-        <v>3773</v>
+        <v>3775</v>
       </c>
       <c r="C857" t="s">
-        <v>3774</v>
+        <v>2302</v>
       </c>
       <c r="E857" t="s">
+        <v>3776</v>
+      </c>
+      <c r="H857" t="s">
+        <v>3777</v>
+      </c>
+      <c r="K857" t="s">
+        <v>3778</v>
+      </c>
+      <c r="L857" t="s">
         <v>3779</v>
       </c>
-      <c r="K857" t="s">
+      <c r="M857" t="s">
         <v>3780</v>
       </c>
-      <c r="L857" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N857">
         <v>3</v>
       </c>
       <c r="O857" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P857" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R857">
         <v>999</v>
       </c>
     </row>
     <row r="858" spans="1:18">
       <c r="A858">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B858" t="s">
-        <v>3773</v>
+        <v>3673</v>
       </c>
       <c r="C858" t="s">
-        <v>3774</v>
+        <v>2496</v>
       </c>
       <c r="E858" t="s">
+        <v>3781</v>
+      </c>
+      <c r="H858" t="s">
+        <v>3782</v>
+      </c>
+      <c r="K858" t="s">
         <v>3783</v>
       </c>
-      <c r="H858" t="s">
+      <c r="L858" t="s">
         <v>3784</v>
       </c>
-      <c r="K858" t="s">
-[...2 lines deleted...]
-      <c r="L858" t="s">
+      <c r="M858" t="s">
         <v>3785</v>
       </c>
-      <c r="M858" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N858">
         <v>3</v>
       </c>
       <c r="O858" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P858" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R858">
         <v>999</v>
       </c>
     </row>
     <row r="859" spans="1:18">
       <c r="A859">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B859" t="s">
-        <v>3773</v>
+        <v>3673</v>
       </c>
       <c r="C859" t="s">
-        <v>3774</v>
+        <v>2496</v>
       </c>
       <c r="E859" t="s">
+        <v>3786</v>
+      </c>
+      <c r="K859" t="s">
         <v>3787</v>
       </c>
-      <c r="K859" t="s">
+      <c r="L859" t="s">
         <v>3788</v>
       </c>
-      <c r="L859" t="s">
+      <c r="M859" t="s">
         <v>3789</v>
       </c>
-      <c r="M859" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N859">
         <v>3</v>
       </c>
       <c r="O859" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P859" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R859">
         <v>999</v>
       </c>
     </row>
     <row r="860" spans="1:18">
       <c r="A860">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B860" t="s">
+        <v>3790</v>
+      </c>
+      <c r="C860" t="s">
         <v>3791</v>
-      </c>
-[...1 lines deleted...]
-        <v>3774</v>
       </c>
       <c r="E860" t="s">
         <v>3792</v>
       </c>
       <c r="K860" t="s">
         <v>3793</v>
       </c>
       <c r="L860" t="s">
         <v>3794</v>
       </c>
       <c r="M860" t="s">
         <v>3795</v>
       </c>
       <c r="N860">
         <v>3</v>
       </c>
       <c r="O860" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P860" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R860">
         <v>999</v>
       </c>
     </row>
     <row r="861" spans="1:18">
       <c r="A861">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B861" t="s">
+        <v>3790</v>
+      </c>
+      <c r="C861" t="s">
         <v>3791</v>
-      </c>
-[...1 lines deleted...]
-        <v>3774</v>
       </c>
       <c r="E861" t="s">
         <v>3796</v>
       </c>
       <c r="K861" t="s">
         <v>3797</v>
       </c>
       <c r="L861" t="s">
         <v>3798</v>
       </c>
       <c r="M861" t="s">
         <v>3799</v>
       </c>
       <c r="N861">
         <v>3</v>
       </c>
       <c r="O861" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P861" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R861">
         <v>999</v>
       </c>
     </row>
     <row r="862" spans="1:18">
       <c r="A862">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B862" t="s">
-        <v>3773</v>
+        <v>3790</v>
       </c>
       <c r="C862" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E862" t="s">
         <v>3800</v>
       </c>
+      <c r="H862" t="s">
+        <v>3801</v>
+      </c>
       <c r="K862" t="s">
-        <v>3801</v>
+        <v>1470</v>
       </c>
       <c r="L862" t="s">
         <v>3802</v>
       </c>
       <c r="M862" t="s">
         <v>3803</v>
       </c>
       <c r="N862">
         <v>3</v>
       </c>
       <c r="O862" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P862" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R862">
         <v>999</v>
       </c>
     </row>
     <row r="863" spans="1:18">
       <c r="A863">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B863" t="s">
-        <v>3773</v>
+        <v>3790</v>
       </c>
       <c r="C863" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E863" t="s">
         <v>3804</v>
       </c>
       <c r="K863" t="s">
         <v>3805</v>
       </c>
       <c r="L863" t="s">
         <v>3806</v>
       </c>
       <c r="M863" t="s">
         <v>3807</v>
       </c>
       <c r="N863">
         <v>3</v>
       </c>
       <c r="O863" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P863" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R863">
         <v>999</v>
       </c>
     </row>
     <row r="864" spans="1:18">
       <c r="A864">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B864" t="s">
-        <v>3773</v>
+        <v>3808</v>
       </c>
       <c r="C864" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E864" t="s">
-        <v>3808</v>
+        <v>3809</v>
       </c>
       <c r="K864" t="s">
-        <v>3809</v>
+        <v>3810</v>
       </c>
       <c r="L864" t="s">
-        <v>3810</v>
+        <v>3811</v>
       </c>
       <c r="M864" t="s">
-        <v>3811</v>
+        <v>3812</v>
       </c>
       <c r="N864">
         <v>3</v>
       </c>
       <c r="O864" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P864" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R864">
         <v>999</v>
       </c>
     </row>
     <row r="865" spans="1:18">
       <c r="A865">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B865" t="s">
-        <v>3812</v>
+        <v>3808</v>
       </c>
       <c r="C865" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E865" t="s">
         <v>3813</v>
       </c>
       <c r="K865" t="s">
         <v>3814</v>
       </c>
       <c r="L865" t="s">
         <v>3815</v>
       </c>
       <c r="M865" t="s">
         <v>3816</v>
       </c>
       <c r="N865">
         <v>3</v>
       </c>
       <c r="O865" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P865" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R865">
         <v>999</v>
       </c>
     </row>
     <row r="866" spans="1:18">
       <c r="A866">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B866" t="s">
-        <v>3773</v>
+        <v>3790</v>
       </c>
       <c r="C866" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E866" t="s">
         <v>3817</v>
       </c>
       <c r="K866" t="s">
         <v>3818</v>
       </c>
       <c r="L866" t="s">
         <v>3819</v>
       </c>
       <c r="M866" t="s">
         <v>3820</v>
       </c>
       <c r="N866">
         <v>3</v>
       </c>
       <c r="O866" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P866" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R866">
         <v>999</v>
       </c>
     </row>
     <row r="867" spans="1:18">
       <c r="A867">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B867" t="s">
-        <v>3773</v>
+        <v>3790</v>
       </c>
       <c r="C867" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E867" t="s">
         <v>3821</v>
       </c>
       <c r="K867" t="s">
         <v>3822</v>
       </c>
       <c r="L867" t="s">
         <v>3823</v>
       </c>
       <c r="M867" t="s">
         <v>3824</v>
       </c>
       <c r="N867">
         <v>3</v>
       </c>
       <c r="O867" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P867" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R867">
         <v>999</v>
       </c>
     </row>
     <row r="868" spans="1:18">
       <c r="A868">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B868" t="s">
-        <v>3773</v>
+        <v>3790</v>
       </c>
       <c r="C868" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E868" t="s">
         <v>3825</v>
       </c>
       <c r="K868" t="s">
         <v>3826</v>
       </c>
       <c r="L868" t="s">
         <v>3827</v>
       </c>
       <c r="M868" t="s">
         <v>3828</v>
       </c>
       <c r="N868">
         <v>3</v>
       </c>
       <c r="O868" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P868" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R868">
         <v>999</v>
       </c>
     </row>
     <row r="869" spans="1:18">
       <c r="A869">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B869" t="s">
         <v>3829</v>
       </c>
       <c r="C869" t="s">
+        <v>3791</v>
+      </c>
+      <c r="E869" t="s">
         <v>3830</v>
       </c>
-      <c r="E869" t="s">
+      <c r="K869" t="s">
         <v>3831</v>
       </c>
-      <c r="K869" t="s">
+      <c r="L869" t="s">
         <v>3832</v>
       </c>
-      <c r="L869" t="s">
+      <c r="M869" t="s">
         <v>3833</v>
       </c>
-      <c r="M869" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N869">
         <v>3</v>
       </c>
       <c r="O869" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P869" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R869">
         <v>999</v>
       </c>
     </row>
     <row r="870" spans="1:18">
       <c r="A870">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B870" t="s">
-        <v>3829</v>
+        <v>3790</v>
       </c>
       <c r="C870" t="s">
-        <v>3830</v>
+        <v>3791</v>
       </c>
       <c r="E870" t="s">
+        <v>3834</v>
+      </c>
+      <c r="K870" t="s">
         <v>3835</v>
       </c>
-      <c r="K870" t="s">
+      <c r="L870" t="s">
         <v>3836</v>
       </c>
-      <c r="L870" t="s">
+      <c r="M870" t="s">
         <v>3837</v>
       </c>
-      <c r="M870" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N870">
         <v>3</v>
       </c>
       <c r="O870" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P870" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R870">
         <v>999</v>
       </c>
     </row>
     <row r="871" spans="1:18">
       <c r="A871">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B871" t="s">
-        <v>3829</v>
+        <v>3790</v>
       </c>
       <c r="C871" t="s">
-        <v>3830</v>
+        <v>3791</v>
       </c>
       <c r="E871" t="s">
+        <v>3838</v>
+      </c>
+      <c r="K871" t="s">
         <v>3839</v>
       </c>
-      <c r="K871" t="s">
+      <c r="L871" t="s">
         <v>3840</v>
       </c>
-      <c r="L871" t="s">
+      <c r="M871" t="s">
         <v>3841</v>
       </c>
-      <c r="M871" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N871">
         <v>3</v>
       </c>
       <c r="O871" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P871" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R871">
         <v>999</v>
       </c>
     </row>
     <row r="872" spans="1:18">
       <c r="A872">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B872" t="s">
-        <v>3829</v>
+        <v>3790</v>
       </c>
       <c r="C872" t="s">
-        <v>3830</v>
+        <v>3791</v>
       </c>
       <c r="E872" t="s">
+        <v>3842</v>
+      </c>
+      <c r="K872" t="s">
         <v>3843</v>
       </c>
-      <c r="K872" t="s">
+      <c r="L872" t="s">
         <v>3844</v>
       </c>
-      <c r="L872" t="s">
+      <c r="M872" t="s">
         <v>3845</v>
       </c>
-      <c r="M872" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N872">
         <v>3</v>
       </c>
       <c r="O872" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P872" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R872">
         <v>999</v>
       </c>
     </row>
     <row r="873" spans="1:18">
       <c r="A873">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B873" t="s">
-        <v>3829</v>
+        <v>3846</v>
       </c>
       <c r="C873" t="s">
-        <v>3830</v>
+        <v>3847</v>
       </c>
       <c r="E873" t="s">
-        <v>3847</v>
+        <v>3848</v>
       </c>
       <c r="K873" t="s">
-        <v>3848</v>
+        <v>3849</v>
       </c>
       <c r="L873" t="s">
-        <v>3849</v>
+        <v>3850</v>
       </c>
       <c r="M873" t="s">
-        <v>3850</v>
+        <v>3851</v>
       </c>
       <c r="N873">
         <v>3</v>
       </c>
       <c r="O873" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P873" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R873">
         <v>999</v>
       </c>
     </row>
     <row r="874" spans="1:18">
       <c r="A874">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B874" t="s">
-        <v>3851</v>
+        <v>3846</v>
       </c>
       <c r="C874" t="s">
-        <v>3830</v>
+        <v>3847</v>
       </c>
       <c r="E874" t="s">
         <v>3852</v>
       </c>
       <c r="K874" t="s">
         <v>3853</v>
       </c>
       <c r="L874" t="s">
         <v>3854</v>
       </c>
       <c r="M874" t="s">
         <v>3855</v>
       </c>
       <c r="N874">
         <v>3</v>
       </c>
       <c r="O874" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P874" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R874">
         <v>999</v>
       </c>
     </row>
     <row r="875" spans="1:18">
       <c r="A875">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B875" t="s">
-        <v>3851</v>
+        <v>3846</v>
       </c>
       <c r="C875" t="s">
-        <v>3830</v>
+        <v>3847</v>
       </c>
       <c r="E875" t="s">
         <v>3856</v>
       </c>
       <c r="K875" t="s">
         <v>3857</v>
       </c>
       <c r="L875" t="s">
         <v>3858</v>
       </c>
       <c r="M875" t="s">
         <v>3859</v>
       </c>
       <c r="N875">
         <v>3</v>
       </c>
       <c r="O875" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P875" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R875">
         <v>999</v>
       </c>
     </row>
     <row r="876" spans="1:18">
       <c r="A876">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B876" t="s">
-        <v>3851</v>
+        <v>3846</v>
       </c>
       <c r="C876" t="s">
-        <v>3830</v>
+        <v>3847</v>
       </c>
       <c r="E876" t="s">
         <v>3860</v>
       </c>
       <c r="K876" t="s">
         <v>3861</v>
       </c>
       <c r="L876" t="s">
         <v>3862</v>
       </c>
       <c r="M876" t="s">
         <v>3863</v>
       </c>
       <c r="N876">
         <v>3</v>
       </c>
       <c r="O876" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P876" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R876">
         <v>999</v>
       </c>
     </row>
     <row r="877" spans="1:18">
       <c r="A877">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B877" t="s">
-        <v>3829</v>
+        <v>3846</v>
       </c>
       <c r="C877" t="s">
-        <v>3830</v>
+        <v>3847</v>
       </c>
       <c r="E877" t="s">
         <v>3864</v>
       </c>
       <c r="K877" t="s">
         <v>3865</v>
       </c>
       <c r="L877" t="s">
         <v>3866</v>
       </c>
       <c r="M877" t="s">
         <v>3867</v>
       </c>
       <c r="N877">
         <v>3</v>
       </c>
       <c r="O877" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P877" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R877">
         <v>999</v>
       </c>
     </row>
     <row r="878" spans="1:18">
       <c r="A878">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B878" t="s">
         <v>3868</v>
       </c>
       <c r="C878" t="s">
+        <v>3847</v>
+      </c>
+      <c r="E878" t="s">
         <v>3869</v>
       </c>
-      <c r="E878" t="s">
+      <c r="K878" t="s">
         <v>3870</v>
       </c>
-      <c r="K878" t="s">
+      <c r="L878" t="s">
         <v>3871</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="M878" t="s">
         <v>3872</v>
       </c>
       <c r="N878">
         <v>3</v>
       </c>
       <c r="O878" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P878" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R878">
         <v>999</v>
       </c>
     </row>
     <row r="879" spans="1:18">
       <c r="A879">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B879" t="s">
         <v>3868</v>
       </c>
       <c r="C879" t="s">
-        <v>3869</v>
+        <v>3847</v>
       </c>
       <c r="E879" t="s">
         <v>3873</v>
       </c>
       <c r="K879" t="s">
-        <v>394</v>
+        <v>3874</v>
       </c>
       <c r="L879" t="s">
-        <v>3874</v>
+        <v>3875</v>
       </c>
       <c r="M879" t="s">
-        <v>3875</v>
+        <v>3876</v>
       </c>
       <c r="N879">
         <v>3</v>
       </c>
       <c r="O879" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P879" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R879">
         <v>999</v>
       </c>
     </row>
     <row r="880" spans="1:18">
       <c r="A880">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B880" t="s">
         <v>3868</v>
       </c>
       <c r="C880" t="s">
-        <v>3869</v>
+        <v>3847</v>
       </c>
       <c r="E880" t="s">
-        <v>3876</v>
+        <v>3877</v>
       </c>
       <c r="K880" t="s">
-        <v>3877</v>
+        <v>3878</v>
       </c>
       <c r="L880" t="s">
-        <v>3878</v>
+        <v>3879</v>
       </c>
       <c r="M880" t="s">
-        <v>3879</v>
+        <v>3880</v>
       </c>
       <c r="N880">
         <v>3</v>
       </c>
       <c r="O880" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P880" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R880">
         <v>999</v>
       </c>
     </row>
     <row r="881" spans="1:18">
       <c r="A881">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B881" t="s">
-        <v>3868</v>
+        <v>3846</v>
       </c>
       <c r="C881" t="s">
-        <v>3869</v>
+        <v>3847</v>
       </c>
       <c r="E881" t="s">
-        <v>3880</v>
+        <v>3881</v>
       </c>
       <c r="K881" t="s">
-        <v>3881</v>
+        <v>3882</v>
       </c>
       <c r="L881" t="s">
-        <v>3882</v>
+        <v>3883</v>
       </c>
       <c r="M881" t="s">
-        <v>3883</v>
+        <v>3884</v>
       </c>
       <c r="N881">
         <v>3</v>
       </c>
       <c r="O881" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P881" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R881">
         <v>999</v>
       </c>
     </row>
     <row r="882" spans="1:18">
       <c r="A882">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B882" t="s">
-        <v>3868</v>
+        <v>3885</v>
       </c>
       <c r="C882" t="s">
-        <v>3869</v>
+        <v>3886</v>
       </c>
       <c r="E882" t="s">
-        <v>3884</v>
+        <v>3887</v>
       </c>
       <c r="K882" t="s">
-        <v>3885</v>
+        <v>3888</v>
       </c>
       <c r="L882" t="s">
-        <v>3886</v>
+        <v>495</v>
       </c>
       <c r="M882" t="s">
-        <v>3887</v>
+        <v>3889</v>
       </c>
       <c r="N882">
         <v>3</v>
       </c>
       <c r="O882" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P882" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R882">
         <v>999</v>
       </c>
     </row>
     <row r="883" spans="1:18">
       <c r="A883">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B883" t="s">
-        <v>3888</v>
+        <v>3885</v>
       </c>
       <c r="C883" t="s">
-        <v>3869</v>
+        <v>3886</v>
       </c>
       <c r="E883" t="s">
-        <v>3889</v>
+        <v>3890</v>
       </c>
       <c r="K883" t="s">
-        <v>3890</v>
+        <v>414</v>
       </c>
       <c r="L883" t="s">
         <v>3891</v>
       </c>
       <c r="M883" t="s">
         <v>3892</v>
       </c>
       <c r="N883">
         <v>3</v>
       </c>
       <c r="O883" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P883" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R883">
         <v>999</v>
       </c>
     </row>
     <row r="884" spans="1:18">
       <c r="A884">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B884" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C884" t="s">
+        <v>3886</v>
+      </c>
+      <c r="E884" t="s">
         <v>3893</v>
       </c>
-      <c r="C884" t="s">
+      <c r="K884" t="s">
         <v>3894</v>
       </c>
-      <c r="E884" t="s">
+      <c r="L884" t="s">
         <v>3895</v>
       </c>
-      <c r="K884" t="s">
+      <c r="M884" t="s">
         <v>3896</v>
       </c>
-      <c r="L884" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N884">
         <v>3</v>
       </c>
       <c r="O884" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P884" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R884">
         <v>999</v>
       </c>
     </row>
     <row r="885" spans="1:18">
       <c r="A885">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B885" t="s">
-        <v>3829</v>
+        <v>3885</v>
       </c>
       <c r="C885" t="s">
-        <v>3830</v>
+        <v>3886</v>
       </c>
       <c r="E885" t="s">
+        <v>3897</v>
+      </c>
+      <c r="K885" t="s">
+        <v>3898</v>
+      </c>
+      <c r="L885" t="s">
         <v>3899</v>
       </c>
-      <c r="G885" t="s">
+      <c r="M885" t="s">
         <v>3900</v>
       </c>
-      <c r="K885" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N885">
         <v>3</v>
       </c>
       <c r="O885" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P885" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R885">
         <v>999</v>
       </c>
     </row>
     <row r="886" spans="1:18">
       <c r="A886">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B886" t="s">
-        <v>3829</v>
+        <v>3885</v>
       </c>
       <c r="C886" t="s">
-        <v>3830</v>
+        <v>3886</v>
       </c>
       <c r="E886" t="s">
+        <v>3901</v>
+      </c>
+      <c r="K886" t="s">
+        <v>3902</v>
+      </c>
+      <c r="L886" t="s">
+        <v>3903</v>
+      </c>
+      <c r="M886" t="s">
         <v>3904</v>
       </c>
-      <c r="K886" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N886">
         <v>3</v>
       </c>
       <c r="O886" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P886" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R886">
         <v>999</v>
       </c>
     </row>
     <row r="887" spans="1:18">
       <c r="A887">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B887" t="s">
-        <v>3868</v>
+        <v>3905</v>
       </c>
       <c r="C887" t="s">
-        <v>3869</v>
+        <v>3886</v>
       </c>
       <c r="E887" t="s">
+        <v>3906</v>
+      </c>
+      <c r="K887" t="s">
+        <v>3907</v>
+      </c>
+      <c r="L887" t="s">
         <v>3908</v>
       </c>
-      <c r="K887" t="s">
-[...2 lines deleted...]
-      <c r="L887" t="s">
+      <c r="M887" t="s">
         <v>3909</v>
       </c>
-      <c r="M887" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N887">
         <v>3</v>
       </c>
       <c r="O887" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P887" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R887">
         <v>999</v>
       </c>
     </row>
     <row r="888" spans="1:18">
       <c r="A888">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B888" t="s">
-        <v>3868</v>
+        <v>3910</v>
       </c>
       <c r="C888" t="s">
-        <v>3869</v>
+        <v>3911</v>
       </c>
       <c r="E888" t="s">
-        <v>3911</v>
+        <v>3912</v>
       </c>
       <c r="K888" t="s">
-        <v>3912</v>
+        <v>3913</v>
       </c>
       <c r="L888" t="s">
-        <v>3913</v>
+        <v>3914</v>
       </c>
       <c r="M888" t="s">
-        <v>3914</v>
+        <v>3915</v>
       </c>
       <c r="N888">
         <v>3</v>
       </c>
       <c r="O888" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P888" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R888">
         <v>999</v>
       </c>
     </row>
     <row r="889" spans="1:18">
       <c r="A889">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B889" t="s">
-        <v>3888</v>
+        <v>3846</v>
       </c>
       <c r="C889" t="s">
-        <v>3869</v>
+        <v>3847</v>
       </c>
       <c r="E889" t="s">
-        <v>3915</v>
+        <v>3916</v>
+      </c>
+      <c r="G889" t="s">
+        <v>3917</v>
       </c>
       <c r="K889" t="s">
-        <v>3916</v>
+        <v>3918</v>
       </c>
       <c r="L889" t="s">
-        <v>3917</v>
+        <v>3919</v>
       </c>
       <c r="M889" t="s">
-        <v>3918</v>
+        <v>3920</v>
       </c>
       <c r="N889">
         <v>3</v>
       </c>
       <c r="O889" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P889" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R889">
         <v>999</v>
       </c>
     </row>
     <row r="890" spans="1:18">
       <c r="A890">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B890" t="s">
-        <v>3919</v>
+        <v>3846</v>
       </c>
       <c r="C890" t="s">
-        <v>3894</v>
+        <v>3847</v>
       </c>
       <c r="E890" t="s">
-        <v>3920</v>
+        <v>3921</v>
       </c>
       <c r="K890" t="s">
-        <v>3921</v>
+        <v>3922</v>
       </c>
       <c r="L890" t="s">
-        <v>3922</v>
+        <v>3923</v>
       </c>
       <c r="M890" t="s">
-        <v>3923</v>
+        <v>3924</v>
       </c>
       <c r="N890">
         <v>3</v>
       </c>
       <c r="O890" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P890" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R890">
         <v>999</v>
       </c>
     </row>
     <row r="891" spans="1:18">
       <c r="A891">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B891" t="s">
-        <v>3919</v>
+        <v>3885</v>
       </c>
       <c r="C891" t="s">
-        <v>3894</v>
+        <v>3886</v>
       </c>
       <c r="E891" t="s">
-        <v>3924</v>
+        <v>3925</v>
       </c>
       <c r="K891" t="s">
-        <v>3925</v>
+        <v>626</v>
       </c>
       <c r="L891" t="s">
         <v>3926</v>
       </c>
       <c r="M891" t="s">
         <v>3927</v>
       </c>
       <c r="N891">
         <v>3</v>
       </c>
       <c r="O891" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P891" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R891">
         <v>999</v>
       </c>
     </row>
     <row r="892" spans="1:18">
       <c r="A892">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B892" t="s">
-        <v>3893</v>
+        <v>3885</v>
       </c>
       <c r="C892" t="s">
-        <v>3894</v>
+        <v>3886</v>
       </c>
       <c r="E892" t="s">
         <v>3928</v>
       </c>
       <c r="K892" t="s">
         <v>3929</v>
       </c>
       <c r="L892" t="s">
         <v>3930</v>
       </c>
       <c r="M892" t="s">
         <v>3931</v>
       </c>
       <c r="N892">
         <v>3</v>
       </c>
       <c r="O892" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P892" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R892">
         <v>999</v>
       </c>
     </row>
     <row r="893" spans="1:18">
       <c r="A893">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B893" t="s">
-        <v>3893</v>
+        <v>3905</v>
       </c>
       <c r="C893" t="s">
-        <v>3894</v>
+        <v>3886</v>
       </c>
       <c r="E893" t="s">
         <v>3932</v>
       </c>
-      <c r="H893" t="s">
+      <c r="K893" t="s">
         <v>3933</v>
-      </c>
-[...1 lines deleted...]
-        <v>3722</v>
       </c>
       <c r="L893" t="s">
         <v>3934</v>
       </c>
       <c r="M893" t="s">
         <v>3935</v>
       </c>
       <c r="N893">
         <v>3</v>
       </c>
       <c r="O893" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P893" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R893">
         <v>999</v>
       </c>
     </row>
     <row r="894" spans="1:18">
       <c r="A894">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B894" t="s">
-        <v>3893</v>
+        <v>3936</v>
       </c>
       <c r="C894" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E894" t="s">
-        <v>3936</v>
+        <v>3937</v>
       </c>
       <c r="K894" t="s">
-        <v>3937</v>
+        <v>3938</v>
       </c>
       <c r="L894" t="s">
-        <v>3938</v>
+        <v>3939</v>
       </c>
       <c r="M894" t="s">
-        <v>3939</v>
+        <v>3940</v>
       </c>
       <c r="N894">
         <v>3</v>
       </c>
       <c r="O894" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P894" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R894">
         <v>999</v>
       </c>
     </row>
     <row r="895" spans="1:18">
       <c r="A895">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B895" t="s">
-        <v>3893</v>
+        <v>3936</v>
       </c>
       <c r="C895" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E895" t="s">
-        <v>3940</v>
+        <v>3941</v>
       </c>
       <c r="K895" t="s">
-        <v>3941</v>
+        <v>3942</v>
       </c>
       <c r="L895" t="s">
-        <v>3942</v>
+        <v>3943</v>
       </c>
       <c r="M895" t="s">
-        <v>3943</v>
+        <v>3944</v>
       </c>
       <c r="N895">
         <v>3</v>
       </c>
       <c r="O895" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P895" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R895">
         <v>999</v>
       </c>
     </row>
     <row r="896" spans="1:18">
       <c r="A896">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B896" t="s">
-        <v>3944</v>
+        <v>3910</v>
       </c>
       <c r="C896" t="s">
-        <v>2605</v>
+        <v>3911</v>
       </c>
       <c r="E896" t="s">
         <v>3945</v>
       </c>
       <c r="K896" t="s">
         <v>3946</v>
       </c>
       <c r="L896" t="s">
         <v>3947</v>
       </c>
       <c r="M896" t="s">
         <v>3948</v>
       </c>
       <c r="N896">
         <v>3</v>
       </c>
       <c r="O896" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P896" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R896">
         <v>999</v>
       </c>
     </row>
     <row r="897" spans="1:18">
       <c r="A897">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B897" t="s">
-        <v>3919</v>
+        <v>3910</v>
       </c>
       <c r="C897" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E897" t="s">
         <v>3949</v>
       </c>
+      <c r="H897" t="s">
+        <v>3950</v>
+      </c>
       <c r="K897" t="s">
-        <v>3950</v>
+        <v>3739</v>
       </c>
       <c r="L897" t="s">
         <v>3951</v>
       </c>
       <c r="M897" t="s">
         <v>3952</v>
       </c>
       <c r="N897">
         <v>3</v>
       </c>
       <c r="O897" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P897" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R897">
         <v>999</v>
       </c>
     </row>
     <row r="898" spans="1:18">
       <c r="A898">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B898" t="s">
-        <v>3919</v>
+        <v>3910</v>
       </c>
       <c r="C898" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E898" t="s">
         <v>3953</v>
       </c>
-      <c r="G898" t="s">
+      <c r="K898" t="s">
         <v>3954</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="L898" t="s">
         <v>3955</v>
       </c>
       <c r="M898" t="s">
         <v>3956</v>
       </c>
       <c r="N898">
         <v>3</v>
       </c>
       <c r="O898" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P898" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R898">
         <v>999</v>
       </c>
     </row>
     <row r="899" spans="1:18">
       <c r="A899">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B899" t="s">
-        <v>3893</v>
+        <v>3910</v>
       </c>
       <c r="C899" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E899" t="s">
         <v>3957</v>
       </c>
-      <c r="H899" t="s">
+      <c r="K899" t="s">
         <v>3958</v>
       </c>
-      <c r="K899" t="s">
+      <c r="L899" t="s">
         <v>3959</v>
       </c>
-      <c r="L899" t="s">
+      <c r="M899" t="s">
         <v>3960</v>
       </c>
-      <c r="M899" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N899">
         <v>3</v>
       </c>
       <c r="O899" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P899" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R899">
         <v>999</v>
       </c>
     </row>
     <row r="900" spans="1:18">
       <c r="A900">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B900" t="s">
-        <v>3919</v>
+        <v>3961</v>
       </c>
       <c r="C900" t="s">
-        <v>3894</v>
+        <v>2622</v>
       </c>
       <c r="E900" t="s">
         <v>3962</v>
       </c>
-      <c r="H900" t="s">
+      <c r="K900" t="s">
         <v>3963</v>
       </c>
-      <c r="K900" t="s">
+      <c r="L900" t="s">
         <v>3964</v>
       </c>
-      <c r="L900" t="s">
+      <c r="M900" t="s">
         <v>3965</v>
       </c>
-      <c r="M900" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N900">
         <v>3</v>
       </c>
       <c r="O900" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P900" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R900">
         <v>999</v>
       </c>
     </row>
     <row r="901" spans="1:18">
       <c r="A901">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B901" t="s">
-        <v>3919</v>
+        <v>3936</v>
       </c>
       <c r="C901" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E901" t="s">
+        <v>3966</v>
+      </c>
+      <c r="K901" t="s">
         <v>3967</v>
       </c>
-      <c r="G901" t="s">
+      <c r="L901" t="s">
         <v>3968</v>
       </c>
-      <c r="K901" t="s">
+      <c r="M901" t="s">
         <v>3969</v>
       </c>
-      <c r="L901" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N901">
         <v>3</v>
       </c>
       <c r="O901" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P901" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R901">
         <v>999</v>
       </c>
     </row>
     <row r="902" spans="1:18">
       <c r="A902">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B902" t="s">
-        <v>3893</v>
+        <v>3936</v>
       </c>
       <c r="C902" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E902" t="s">
+        <v>3970</v>
+      </c>
+      <c r="G902" t="s">
+        <v>3971</v>
+      </c>
+      <c r="K902" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L902" t="s">
         <v>3972</v>
       </c>
-      <c r="K902" t="s">
+      <c r="M902" t="s">
         <v>3973</v>
       </c>
-      <c r="L902" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N902">
         <v>3</v>
       </c>
       <c r="O902" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P902" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R902">
         <v>999</v>
       </c>
     </row>
     <row r="903" spans="1:18">
       <c r="A903">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B903" t="s">
-        <v>3893</v>
+        <v>3910</v>
       </c>
       <c r="C903" t="s">
-        <v>3894</v>
+        <v>3911</v>
       </c>
       <c r="E903" t="s">
+        <v>3974</v>
+      </c>
+      <c r="H903" t="s">
+        <v>3975</v>
+      </c>
+      <c r="K903" t="s">
         <v>3976</v>
       </c>
-      <c r="K903" t="s">
+      <c r="L903" t="s">
         <v>3977</v>
       </c>
-      <c r="L903" t="s">
+      <c r="M903" t="s">
         <v>3978</v>
       </c>
-      <c r="M903" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N903">
         <v>3</v>
       </c>
       <c r="O903" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P903" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R903">
         <v>999</v>
       </c>
     </row>
     <row r="904" spans="1:18">
       <c r="A904">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B904" t="s">
+        <v>3936</v>
+      </c>
+      <c r="C904" t="s">
+        <v>3911</v>
+      </c>
+      <c r="E904" t="s">
+        <v>3979</v>
+      </c>
+      <c r="H904" t="s">
         <v>3980</v>
       </c>
-      <c r="C904" t="s">
+      <c r="K904" t="s">
         <v>3981</v>
       </c>
-      <c r="E904" t="s">
+      <c r="L904" t="s">
         <v>3982</v>
       </c>
-      <c r="H904" t="s">
+      <c r="M904" t="s">
         <v>3983</v>
       </c>
-      <c r="K904" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N904">
         <v>3</v>
       </c>
       <c r="O904" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P904" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R904">
         <v>999</v>
       </c>
     </row>
     <row r="905" spans="1:18">
       <c r="A905">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="B905" t="s">
+        <v>3936</v>
+      </c>
+      <c r="C905" t="s">
+        <v>3911</v>
+      </c>
+      <c r="E905" t="s">
+        <v>3984</v>
+      </c>
+      <c r="G905" t="s">
+        <v>3985</v>
+      </c>
+      <c r="K905" t="s">
         <v>3986</v>
       </c>
-      <c r="C905" t="s">
-[...2 lines deleted...]
-      <c r="E905" t="s">
+      <c r="L905" t="s">
         <v>3987</v>
       </c>
-      <c r="H905" t="s">
+      <c r="M905" t="s">
         <v>3988</v>
       </c>
-      <c r="K905" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N905">
         <v>3</v>
       </c>
       <c r="O905" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P905" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R905">
         <v>999</v>
       </c>
     </row>
     <row r="906" spans="1:18">
       <c r="A906">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="B906" t="s">
+        <v>3910</v>
+      </c>
+      <c r="C906" t="s">
+        <v>3911</v>
+      </c>
+      <c r="E906" t="s">
+        <v>3989</v>
+      </c>
+      <c r="K906" t="s">
+        <v>3990</v>
+      </c>
+      <c r="L906" t="s">
+        <v>3991</v>
+      </c>
+      <c r="M906" t="s">
         <v>3992</v>
       </c>
-      <c r="C906" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N906">
         <v>3</v>
       </c>
       <c r="O906" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P906" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R906">
         <v>999</v>
       </c>
     </row>
     <row r="907" spans="1:18">
       <c r="A907">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="B907" t="s">
-        <v>3999</v>
+        <v>3910</v>
       </c>
       <c r="C907" t="s">
-        <v>4000</v>
+        <v>3911</v>
       </c>
       <c r="E907" t="s">
-        <v>4001</v>
+        <v>3993</v>
       </c>
       <c r="K907" t="s">
-        <v>4002</v>
+        <v>3994</v>
       </c>
       <c r="L907" t="s">
-        <v>4003</v>
+        <v>3995</v>
       </c>
       <c r="M907" t="s">
-        <v>4004</v>
+        <v>3996</v>
       </c>
       <c r="N907">
         <v>3</v>
       </c>
       <c r="O907" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P907" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R907">
         <v>999</v>
       </c>
     </row>
     <row r="908" spans="1:18">
       <c r="A908">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="B908" t="s">
-        <v>4005</v>
+        <v>3997</v>
       </c>
       <c r="C908" t="s">
+        <v>3998</v>
+      </c>
+      <c r="E908" t="s">
+        <v>3999</v>
+      </c>
+      <c r="H908" t="s">
         <v>4000</v>
       </c>
-      <c r="E908" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K908" t="s">
-        <v>4008</v>
+        <v>2702</v>
       </c>
       <c r="L908" t="s">
-        <v>4009</v>
+        <v>4001</v>
       </c>
       <c r="M908" t="s">
-        <v>4010</v>
+        <v>4002</v>
       </c>
       <c r="N908">
         <v>3</v>
       </c>
       <c r="O908" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P908" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R908">
         <v>999</v>
       </c>
     </row>
     <row r="909" spans="1:18">
       <c r="A909">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="B909" t="s">
-        <v>4011</v>
+        <v>4003</v>
       </c>
       <c r="C909" t="s">
-        <v>4000</v>
+        <v>27</v>
       </c>
       <c r="E909" t="s">
-        <v>4012</v>
+        <v>4004</v>
+      </c>
+      <c r="H909" t="s">
+        <v>4005</v>
       </c>
       <c r="K909" t="s">
-        <v>4013</v>
+        <v>4006</v>
       </c>
       <c r="L909" t="s">
-        <v>4014</v>
+        <v>4007</v>
       </c>
       <c r="M909" t="s">
-        <v>4015</v>
+        <v>4008</v>
       </c>
       <c r="N909">
         <v>3</v>
       </c>
       <c r="O909" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P909" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R909">
         <v>999</v>
       </c>
     </row>
     <row r="910" spans="1:18">
       <c r="A910">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="B910" t="s">
-        <v>4016</v>
+        <v>4009</v>
       </c>
       <c r="C910" t="s">
-        <v>4017</v>
+        <v>4009</v>
       </c>
       <c r="E910" t="s">
-        <v>4018</v>
+        <v>4010</v>
+      </c>
+      <c r="G910" t="s">
+        <v>4011</v>
+      </c>
+      <c r="H910" t="s">
+        <v>4012</v>
       </c>
       <c r="K910" t="s">
-        <v>4019</v>
+        <v>4013</v>
       </c>
       <c r="L910" t="s">
-        <v>4020</v>
+        <v>4014</v>
       </c>
       <c r="M910" t="s">
-        <v>4021</v>
+        <v>4015</v>
       </c>
       <c r="N910">
         <v>3</v>
       </c>
       <c r="O910" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P910" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R910">
         <v>999</v>
       </c>
     </row>
     <row r="911" spans="1:18">
       <c r="A911">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B911" t="s">
-        <v>4022</v>
+        <v>4016</v>
       </c>
       <c r="C911" t="s">
         <v>4017</v>
       </c>
       <c r="E911" t="s">
-        <v>4023</v>
+        <v>4018</v>
       </c>
       <c r="K911" t="s">
-        <v>4024</v>
+        <v>4019</v>
       </c>
       <c r="L911" t="s">
-        <v>4025</v>
+        <v>4020</v>
       </c>
       <c r="M911" t="s">
-        <v>4026</v>
+        <v>4021</v>
       </c>
       <c r="N911">
         <v>3</v>
       </c>
       <c r="O911" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P911" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R911">
         <v>999</v>
       </c>
     </row>
     <row r="912" spans="1:18">
       <c r="A912">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B912" t="s">
-        <v>4005</v>
+        <v>4022</v>
       </c>
       <c r="C912" t="s">
-        <v>4000</v>
+        <v>4017</v>
       </c>
       <c r="E912" t="s">
+        <v>4023</v>
+      </c>
+      <c r="G912" t="s">
+        <v>4024</v>
+      </c>
+      <c r="K912" t="s">
+        <v>4025</v>
+      </c>
+      <c r="L912" t="s">
+        <v>4026</v>
+      </c>
+      <c r="M912" t="s">
         <v>4027</v>
       </c>
-      <c r="K912" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N912">
         <v>3</v>
       </c>
       <c r="O912" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P912" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R912">
         <v>999</v>
       </c>
     </row>
     <row r="913" spans="1:18">
       <c r="A913">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B913" t="s">
+        <v>4028</v>
+      </c>
+      <c r="C913" t="s">
+        <v>4017</v>
+      </c>
+      <c r="E913" t="s">
+        <v>4029</v>
+      </c>
+      <c r="K913" t="s">
+        <v>4030</v>
+      </c>
+      <c r="L913" t="s">
         <v>4031</v>
       </c>
-      <c r="C913" t="s">
-[...2 lines deleted...]
-      <c r="E913" t="s">
+      <c r="M913" t="s">
         <v>4032</v>
       </c>
-      <c r="G913" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N913">
         <v>3</v>
       </c>
       <c r="O913" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P913" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R913">
         <v>999</v>
       </c>
     </row>
     <row r="914" spans="1:18">
       <c r="A914">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="B914" t="s">
+        <v>4033</v>
+      </c>
+      <c r="C914" t="s">
+        <v>4034</v>
+      </c>
+      <c r="E914" t="s">
+        <v>4035</v>
+      </c>
+      <c r="K914" t="s">
+        <v>4036</v>
+      </c>
+      <c r="L914" t="s">
+        <v>4037</v>
+      </c>
+      <c r="M914" t="s">
         <v>4038</v>
       </c>
-      <c r="C914" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N914">
         <v>3</v>
       </c>
       <c r="O914" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P914" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R914">
         <v>999</v>
       </c>
     </row>
     <row r="915" spans="1:18">
       <c r="A915">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="B915" t="s">
-        <v>4044</v>
+        <v>4039</v>
       </c>
       <c r="C915" t="s">
-        <v>4000</v>
+        <v>4034</v>
       </c>
       <c r="E915" t="s">
-        <v>4045</v>
-[...2 lines deleted...]
-        <v>4046</v>
+        <v>4040</v>
       </c>
       <c r="K915" t="s">
-        <v>4047</v>
+        <v>4041</v>
       </c>
       <c r="L915" t="s">
-        <v>4048</v>
+        <v>4042</v>
       </c>
       <c r="M915" t="s">
-        <v>4049</v>
+        <v>4043</v>
       </c>
       <c r="N915">
         <v>3</v>
       </c>
       <c r="O915" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P915" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R915">
         <v>999</v>
       </c>
     </row>
     <row r="916" spans="1:18">
       <c r="A916">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="B916" t="s">
-        <v>4050</v>
+        <v>4022</v>
       </c>
       <c r="C916" t="s">
         <v>4017</v>
       </c>
       <c r="E916" t="s">
-        <v>4051</v>
+        <v>4044</v>
       </c>
       <c r="K916" t="s">
-        <v>4052</v>
+        <v>4045</v>
       </c>
       <c r="L916" t="s">
-        <v>4053</v>
+        <v>4046</v>
       </c>
       <c r="M916" t="s">
-        <v>4054</v>
+        <v>4047</v>
       </c>
       <c r="N916">
         <v>3</v>
       </c>
       <c r="O916" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P916" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R916">
         <v>999</v>
       </c>
     </row>
     <row r="917" spans="1:18">
       <c r="A917">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="B917" t="s">
-        <v>4055</v>
+        <v>4048</v>
       </c>
       <c r="C917" t="s">
-        <v>4000</v>
+        <v>4048</v>
       </c>
       <c r="E917" t="s">
-        <v>4056</v>
+        <v>4049</v>
+      </c>
+      <c r="G917" t="s">
+        <v>4050</v>
+      </c>
+      <c r="H917" t="s">
+        <v>4051</v>
       </c>
       <c r="K917" t="s">
-        <v>4057</v>
+        <v>4052</v>
       </c>
       <c r="L917" t="s">
-        <v>4058</v>
+        <v>4053</v>
       </c>
       <c r="M917" t="s">
-        <v>4059</v>
+        <v>4054</v>
       </c>
       <c r="N917">
         <v>3</v>
       </c>
       <c r="O917" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P917" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R917">
         <v>999</v>
       </c>
     </row>
     <row r="918" spans="1:18">
       <c r="A918">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="B918" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C918" t="s">
+        <v>4017</v>
+      </c>
+      <c r="E918" t="s">
+        <v>4056</v>
+      </c>
+      <c r="H918" t="s">
+        <v>4057</v>
+      </c>
+      <c r="K918" t="s">
+        <v>4058</v>
+      </c>
+      <c r="L918" t="s">
+        <v>4059</v>
+      </c>
+      <c r="M918" t="s">
         <v>4060</v>
       </c>
-      <c r="C918" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N918">
         <v>3</v>
       </c>
       <c r="O918" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P918" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R918">
         <v>999</v>
       </c>
     </row>
     <row r="919" spans="1:18">
       <c r="A919">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B919" t="s">
+        <v>4061</v>
+      </c>
+      <c r="C919" t="s">
+        <v>4017</v>
+      </c>
+      <c r="E919" t="s">
+        <v>4062</v>
+      </c>
+      <c r="H919" t="s">
+        <v>4063</v>
+      </c>
+      <c r="K919" t="s">
         <v>4064</v>
       </c>
-      <c r="C919" t="s">
-[...2 lines deleted...]
-      <c r="E919" t="s">
+      <c r="L919" t="s">
         <v>4065</v>
       </c>
-      <c r="K919" t="s">
+      <c r="M919" t="s">
         <v>4066</v>
       </c>
-      <c r="L919" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N919">
         <v>3</v>
       </c>
       <c r="O919" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P919" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R919">
         <v>999</v>
       </c>
     </row>
     <row r="920" spans="1:18">
       <c r="A920">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B920" t="s">
+        <v>4067</v>
+      </c>
+      <c r="C920" t="s">
+        <v>4034</v>
+      </c>
+      <c r="E920" t="s">
+        <v>4068</v>
+      </c>
+      <c r="K920" t="s">
         <v>4069</v>
       </c>
-      <c r="C920" t="s">
+      <c r="L920" t="s">
         <v>4070</v>
       </c>
-      <c r="E920" t="s">
+      <c r="M920" t="s">
         <v>4071</v>
       </c>
-      <c r="G920" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N920">
         <v>3</v>
       </c>
       <c r="O920" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P920" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R920">
         <v>999</v>
       </c>
     </row>
     <row r="921" spans="1:18">
       <c r="A921">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B921" t="s">
+        <v>4072</v>
+      </c>
+      <c r="C921" t="s">
+        <v>4017</v>
+      </c>
+      <c r="E921" t="s">
+        <v>4073</v>
+      </c>
+      <c r="K921" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L921" t="s">
         <v>4075</v>
       </c>
-      <c r="C921" t="s">
-[...2 lines deleted...]
-      <c r="E921" t="s">
+      <c r="M921" t="s">
         <v>4076</v>
       </c>
-      <c r="K921" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N921">
         <v>3</v>
       </c>
       <c r="O921" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P921" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R921">
         <v>999</v>
       </c>
     </row>
     <row r="922" spans="1:18">
       <c r="A922">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B922" t="s">
+        <v>4077</v>
+      </c>
+      <c r="C922" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E922" t="s">
+        <v>4078</v>
+      </c>
+      <c r="K922" t="s">
+        <v>271</v>
+      </c>
+      <c r="L922" t="s">
         <v>4079</v>
       </c>
-      <c r="C922" t="s">
-[...2 lines deleted...]
-      <c r="E922" t="s">
+      <c r="M922" t="s">
         <v>4080</v>
       </c>
-      <c r="H922" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N922">
         <v>3</v>
       </c>
       <c r="O922" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P922" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R922">
         <v>999</v>
       </c>
     </row>
     <row r="923" spans="1:18">
       <c r="A923">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B923" t="s">
+        <v>4081</v>
+      </c>
+      <c r="C923" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E923" t="s">
+        <v>4082</v>
+      </c>
+      <c r="K923" t="s">
+        <v>4083</v>
+      </c>
+      <c r="L923" t="s">
         <v>4084</v>
       </c>
-      <c r="C923" t="s">
-[...2 lines deleted...]
-      <c r="E923" t="s">
+      <c r="M923" t="s">
         <v>4085</v>
       </c>
-      <c r="G923" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N923">
         <v>3</v>
       </c>
       <c r="O923" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P923" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R923">
         <v>999</v>
       </c>
     </row>
     <row r="924" spans="1:18">
       <c r="A924">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B924" t="s">
+        <v>4086</v>
+      </c>
+      <c r="C924" t="s">
+        <v>4087</v>
+      </c>
+      <c r="E924" t="s">
+        <v>4088</v>
+      </c>
+      <c r="G924" t="s">
+        <v>4089</v>
+      </c>
+      <c r="K924" t="s">
+        <v>2075</v>
+      </c>
+      <c r="L924" t="s">
         <v>4090</v>
       </c>
-      <c r="C924" t="s">
-[...2 lines deleted...]
-      <c r="E924" t="s">
+      <c r="M924" t="s">
         <v>4091</v>
       </c>
-      <c r="K924" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N924">
         <v>3</v>
       </c>
       <c r="O924" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P924" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R924">
         <v>999</v>
       </c>
     </row>
     <row r="925" spans="1:18">
       <c r="A925">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B925" t="s">
+        <v>4092</v>
+      </c>
+      <c r="C925" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E925" t="s">
+        <v>4093</v>
+      </c>
+      <c r="K925" t="s">
+        <v>37</v>
+      </c>
+      <c r="L925" t="s">
+        <v>4094</v>
+      </c>
+      <c r="M925" t="s">
         <v>4095</v>
       </c>
-      <c r="C925" t="s">
-[...18 lines deleted...]
-        <v>4101</v>
+      <c r="N925">
+        <v>3</v>
+      </c>
+      <c r="O925" t="s">
+        <v>32</v>
       </c>
       <c r="P925" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R925">
         <v>999</v>
       </c>
     </row>
     <row r="926" spans="1:18">
       <c r="A926">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B926" t="s">
-        <v>4102</v>
+        <v>4096</v>
       </c>
       <c r="C926" t="s">
-        <v>4017</v>
+        <v>4087</v>
       </c>
       <c r="E926" t="s">
-        <v>4103</v>
-[...2 lines deleted...]
-        <v>4104</v>
+        <v>4097</v>
       </c>
       <c r="H926" t="s">
-        <v>4105</v>
+        <v>4098</v>
       </c>
       <c r="K926" t="s">
-        <v>4106</v>
+        <v>4099</v>
       </c>
       <c r="L926" t="s">
-        <v>4107</v>
+        <v>3455</v>
       </c>
       <c r="M926" t="s">
-        <v>4108</v>
+        <v>4100</v>
       </c>
       <c r="N926">
         <v>3</v>
       </c>
       <c r="O926" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P926" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R926">
         <v>999</v>
       </c>
     </row>
     <row r="927" spans="1:18">
       <c r="A927">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B927" t="s">
-        <v>4109</v>
+        <v>4101</v>
       </c>
       <c r="C927" t="s">
-        <v>2177</v>
+        <v>4017</v>
       </c>
       <c r="E927" t="s">
-        <v>4110</v>
+        <v>4102</v>
+      </c>
+      <c r="G927" t="s">
+        <v>4103</v>
       </c>
       <c r="K927" t="s">
-        <v>4111</v>
+        <v>4104</v>
       </c>
       <c r="L927" t="s">
-        <v>4112</v>
+        <v>4105</v>
       </c>
       <c r="M927" t="s">
-        <v>4113</v>
+        <v>4106</v>
       </c>
       <c r="N927">
         <v>3</v>
       </c>
       <c r="O927" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P927" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R927">
         <v>999</v>
       </c>
     </row>
     <row r="928" spans="1:18">
       <c r="A928">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B928" t="s">
-        <v>4114</v>
+        <v>4107</v>
       </c>
       <c r="C928" t="s">
-        <v>2177</v>
+        <v>4017</v>
       </c>
       <c r="E928" t="s">
-        <v>4115</v>
+        <v>4108</v>
       </c>
       <c r="K928" t="s">
-        <v>4116</v>
+        <v>4109</v>
       </c>
       <c r="L928" t="s">
-        <v>4117</v>
+        <v>4110</v>
       </c>
       <c r="M928" t="s">
-        <v>4118</v>
+        <v>4111</v>
       </c>
       <c r="N928">
         <v>3</v>
       </c>
       <c r="O928" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P928" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R928">
         <v>999</v>
       </c>
     </row>
     <row r="929" spans="1:18">
       <c r="A929">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B929" t="s">
-        <v>4119</v>
+        <v>4112</v>
       </c>
       <c r="C929" t="s">
-        <v>4017</v>
+        <v>4113</v>
       </c>
       <c r="E929" t="s">
-        <v>4120</v>
+        <v>4114</v>
+      </c>
+      <c r="G929" t="s">
+        <v>4115</v>
       </c>
       <c r="H929" t="s">
-        <v>4121</v>
+        <v>4116</v>
       </c>
       <c r="K929" t="s">
-        <v>4122</v>
+        <v>59</v>
       </c>
       <c r="L929" t="s">
-        <v>4123</v>
+        <v>4117</v>
       </c>
       <c r="M929" t="s">
-        <v>4124</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>4118</v>
       </c>
       <c r="P929" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R929">
         <v>999</v>
       </c>
     </row>
     <row r="930" spans="1:18">
       <c r="A930">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B930" t="s">
+        <v>4119</v>
+      </c>
+      <c r="C930" t="s">
+        <v>4034</v>
+      </c>
+      <c r="E930" t="s">
+        <v>4120</v>
+      </c>
+      <c r="G930" t="s">
+        <v>4121</v>
+      </c>
+      <c r="H930" t="s">
+        <v>4122</v>
+      </c>
+      <c r="K930" t="s">
+        <v>4123</v>
+      </c>
+      <c r="L930" t="s">
+        <v>4124</v>
+      </c>
+      <c r="M930" t="s">
         <v>4125</v>
       </c>
-      <c r="C930" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N930">
         <v>3</v>
       </c>
       <c r="O930" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P930" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R930">
         <v>999</v>
       </c>
     </row>
     <row r="931" spans="1:18">
       <c r="A931">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B931" t="s">
+        <v>4126</v>
+      </c>
+      <c r="C931" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E931" t="s">
+        <v>4127</v>
+      </c>
+      <c r="K931" t="s">
+        <v>4128</v>
+      </c>
+      <c r="L931" t="s">
+        <v>4129</v>
+      </c>
+      <c r="M931" t="s">
         <v>4130</v>
       </c>
-      <c r="C931" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N931">
         <v>3</v>
       </c>
       <c r="O931" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="P931" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R931">
         <v>999</v>
       </c>
     </row>
     <row r="932" spans="1:18">
       <c r="A932">
+        <v>20</v>
+      </c>
+      <c r="B932" t="s">
+        <v>4131</v>
+      </c>
+      <c r="C932" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E932" t="s">
+        <v>4132</v>
+      </c>
+      <c r="K932" t="s">
+        <v>4133</v>
+      </c>
+      <c r="L932" t="s">
+        <v>4134</v>
+      </c>
+      <c r="M932" t="s">
+        <v>4135</v>
+      </c>
+      <c r="N932">
+        <v>3</v>
+      </c>
+      <c r="O932" t="s">
+        <v>32</v>
+      </c>
+      <c r="P932" t="s">
+        <v>33</v>
+      </c>
+      <c r="R932">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="933" spans="1:18">
+      <c r="A933">
+        <v>19</v>
+      </c>
+      <c r="B933" t="s">
+        <v>4136</v>
+      </c>
+      <c r="C933" t="s">
+        <v>4034</v>
+      </c>
+      <c r="E933" t="s">
+        <v>4137</v>
+      </c>
+      <c r="H933" t="s">
+        <v>4138</v>
+      </c>
+      <c r="K933" t="s">
+        <v>4139</v>
+      </c>
+      <c r="L933" t="s">
+        <v>4140</v>
+      </c>
+      <c r="M933" t="s">
+        <v>4141</v>
+      </c>
+      <c r="N933">
+        <v>3</v>
+      </c>
+      <c r="O933" t="s">
+        <v>32</v>
+      </c>
+      <c r="P933" t="s">
+        <v>33</v>
+      </c>
+      <c r="R933">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="934" spans="1:18">
+      <c r="A934">
+        <v>18</v>
+      </c>
+      <c r="B934" t="s">
+        <v>4142</v>
+      </c>
+      <c r="C934" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E934" t="s">
+        <v>4143</v>
+      </c>
+      <c r="K934" t="s">
+        <v>4144</v>
+      </c>
+      <c r="L934" t="s">
+        <v>4145</v>
+      </c>
+      <c r="M934" t="s">
+        <v>4146</v>
+      </c>
+      <c r="N934">
+        <v>3</v>
+      </c>
+      <c r="O934" t="s">
+        <v>32</v>
+      </c>
+      <c r="P934" t="s">
+        <v>33</v>
+      </c>
+      <c r="R934">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="935" spans="1:18">
+      <c r="A935">
+        <v>17</v>
+      </c>
+      <c r="B935" t="s">
+        <v>4147</v>
+      </c>
+      <c r="C935" t="s">
+        <v>4017</v>
+      </c>
+      <c r="E935" t="s">
+        <v>4148</v>
+      </c>
+      <c r="H935" t="s">
+        <v>4149</v>
+      </c>
+      <c r="K935" t="s">
+        <v>4150</v>
+      </c>
+      <c r="L935" t="s">
+        <v>4151</v>
+      </c>
+      <c r="M935" t="s">
+        <v>4152</v>
+      </c>
+      <c r="N935">
+        <v>3</v>
+      </c>
+      <c r="O935" t="s">
+        <v>32</v>
+      </c>
+      <c r="P935" t="s">
+        <v>33</v>
+      </c>
+      <c r="R935">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="936" spans="1:18">
+      <c r="A936">
         <v>16</v>
       </c>
-      <c r="B932" t="s">
-[...26 lines deleted...]
-      <c r="R932">
+      <c r="B936" t="s">
+        <v>4153</v>
+      </c>
+      <c r="C936" t="s">
+        <v>4017</v>
+      </c>
+      <c r="E936" t="s">
+        <v>4154</v>
+      </c>
+      <c r="K936" t="s">
+        <v>4155</v>
+      </c>
+      <c r="L936" t="s">
+        <v>4156</v>
+      </c>
+      <c r="M936" t="s">
+        <v>4157</v>
+      </c>
+      <c r="N936">
+        <v>3</v>
+      </c>
+      <c r="O936" t="s">
+        <v>32</v>
+      </c>
+      <c r="P936" t="s">
+        <v>33</v>
+      </c>
+      <c r="R936">
         <v>999</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>